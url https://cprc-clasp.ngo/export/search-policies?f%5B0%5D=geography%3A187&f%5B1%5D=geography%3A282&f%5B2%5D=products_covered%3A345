--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -122,51 +122,51 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-steam-cookers-version-12</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_steam_cookers/partners</t>
   </si>
   <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
     <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>October 2025</t>
+    <t>November 2025</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>