--- v0 (2025-11-07)
+++ v1 (2025-12-23)
@@ -65,87 +65,87 @@
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Ceiling Fans</t>
   </si>
   <si>
-    <t>This policy defines star labeling requirements and minimum energy perfomance requirements for electric ceiling type fans operated by induction motors and Brushless Electric Motors of all the standard sweep sizes covered under the scope of IS 374: 2019 ( 900 mm, 1050 mm, 1200 mm, 1400 mm, 1500 mm) as amended from time to time that work on single phase alternating current supply up to and including 250V, 50Hz, being manufactured, commercially purchased, imported or sold in India.</t>
+    <t>This policy defines star labeling requirements and minimum energy performance requirements for electric ceiling type fans operated by induction motors and Brushless Electric Motors of all the standard sweep sizes covered under the scope of IS 374: 2019 ( 900 mm, 1050 mm, 1200 mm, 1400 mm, 1500 mm) as amended from time to time that work on single phase alternating current supply up to and including 250V, 50Hz, being manufactured, commercially purchased, imported or sold in India.</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IS 374:2019</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-ceiling-fans</t>
   </si>
   <si>
-    <t>https://www.beestarlabel.com/Home/EquipmentSchemes?type=M</t>
+    <t>https://beeindia.gov.in/sites/default/files/CFN_Notification.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
     <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>