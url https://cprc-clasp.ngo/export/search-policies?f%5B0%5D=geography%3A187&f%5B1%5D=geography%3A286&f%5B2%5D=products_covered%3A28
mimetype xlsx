--- v0 (2025-11-05)
+++ v1 (2025-12-23)
@@ -134,51 +134,51 @@
   <si>
     <t>Motors and Motor Driven Equipment</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IS/ISO 1217, IS 5456</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-27-positive-displacement-air-compressors</t>
   </si>
   <si>
-    <t>https://beestarlabel.com/Content/Files/Air_Compressor_Schedule_Final.pdf</t>
+    <t>https://beeindia.gov.in/sites/default/files/Air_Compressor_Schedule_Final.pdf</t>
   </si>
   <si>
     <t>Schedule 30 Tyres</t>
   </si>
   <si>
     <t>This schedule species requirements for participating in energy labelling programme for C1, C2 &amp; C3 tyres covered under scope of AIS:142, meant for manufactured, imported and sold in India. This schedule covers the terminology, general guidelines and method of tests to be conducted on tyres as per AIS: 142 particularly the methodology for testing of rolling resistance coefficient &amp; wet grip index. This schedule specifies the tyres star rating band which is based on Rolling Resistance Coefficients. This schedule is applicable for base model, its batch and their variant model tyres.</t>
   </si>
   <si>
     <t>IS 15633</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-30-tyres</t>
   </si>
   <si>
     <t>https://www.beestarlabel.com/Content/Files/Schedule_30.pdf</t>
   </si>
   <si>
     <t>Schedule 6 - Induction Motors</t>
   </si>
   <si>
     <t>This schedule specifies the MEPS and labeling instructions for 3 phase squirrel cage induction motor in 2 Pole, 4 Pole and 6 Pole of ratings up to 375 kW for continuous duty (S1) operation, suitable for voltage and frequency variation as per IS 12615:2011</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
@@ -538,51 +538,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="61.271" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="704.114" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="62.413" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="96.691" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="85.979" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="91.978" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">