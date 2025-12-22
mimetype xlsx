--- v0 (2025-11-07)
+++ v1 (2025-12-22)
@@ -62,208 +62,208 @@
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
-[...129 lines deleted...]
-    <t>MEPS for indoor LED lamps</t>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
   </si>
   <si>
     <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
 One star - 80-90 lm/W
 Two star - &gt;98-108 lm/W
 Three star - &gt;108-119 lm/W
 Four star - &gt;119 - 135 lm/W
 Five star - &gt; 135 lm/W
 The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
   </si>
   <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
+    <t>Electricity</t>
+  </si>
+  <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
+  </si>
+  <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
+    <t>Canada</t>
+  </si>
+  <si>
+    <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity, Gas, Oil</t>
+  </si>
+  <si>
+    <t>Natural Resources Canada Office of Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
+  </si>
+  <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Decorative Light Strings Version 1.5</t>
+  </si>
+  <si>
+    <t>Products that meet the definition of a Decorative Light String as specified below are eligible for ENERGY STAR qualification, with the exception of rope lighting (non-replaceable series and series/parallel connected lamps fully enclosed and sealed within a flexible polymeric tube or extrusion), and replacement lamps. ENERGY STAR qualified decorative light strings attached to decorative forms are also eligible for the ENERGY STAR.
+Decorative Light String: A string of lamps that operates on AC power in North America (120 V RMS AC; 60 Hz) or via a power adapter or controller that connects directly to AC power and is used for decorative, residential lighting purposes. The lamps may be replaceable or sealed into the lamp holder/wiring harness.</t>
+  </si>
+  <si>
+    <t>Canada, United States of America*</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Test Method for Decorative Light Strings, December 2011 (Annex A); CIE 084-1989; ASTM G 154 – 06; UL 588; CSA C22.2 No. 37</t>
+  </si>
+  <si>
+    <t>ENERGY STAR</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-decorative-light-strings-version-15</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/lighting_fans/decorative_light_strings/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Lamps (Light Bulbs) Version 2.1</t>
+  </si>
+  <si>
+    <t>The ENERGY STAR Lamps specification scope includes the lamp types intended to replace incandescent lamps as outlined in Table 1. The scope of this specification is limited to lamps with: Integrated ballasts and drivers intended to be connected to the electric power grid with the following ANSI standard base types: E26, E26d, E17, E11, E12, G4, G9, GU10, GU24, GU5.3, and GX5.3; and Rated nominal operating voltages of 120, 240 or 277 VAC, or 12 or 24 VAC or VDC.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>See policy document for full list</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-lamps-light-bulbs-version-21</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/light_bulbs/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Luminaires Version 2.2</t>
+  </si>
+  <si>
+    <t>The ENERGY STAR Luminaires specification is limited to residential type lighting products; however to the extent that products that fall under the scope of this specification are sold into the commercial market; they may be included and listed appropriately for the applicable end user. Certification is limited to luminaires below a total input power of 250 watts intended to be connected directly to the electric power grid. Among the included products: inseparable SSL Luminaires; Accent Lights; Cove Mount and Under Cabinet Lights; Downlights; Outdoor Lighting; Portable Desk Task Lights; wall sconces and retrofits; ceiling mount and retrofits; etc.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-luminaires-version-22</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/lighting_fans/light_fixtures/partners</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
+  </si>
+  <si>
+    <t>This policy regulates self-ballasted Light-Emitting Diode (LED) lamps with a rated power of up to 60 watts and a rated voltage of &gt;50V  up to 250V. The minimum energy performance standard for self-ballasted LED lamps is an energy efficiency of 80 lumens per watt.</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-20kek07djes2024-led-lamps</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
     <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
     <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No.18 of 2014 on Energy labels for energy saving lights</t>
   </si>
   <si>
     <t>The MEPS and labeling requirements covers self-ballasted lamps (CFL).</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
@@ -699,409 +699,407 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2016</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
-      <c r="L2"/>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
       <c r="M2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="P2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2016</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
         <v>34</v>
       </c>
-      <c r="G3" t="s">
+      <c r="K3" t="s">
         <v>35</v>
       </c>
-      <c r="H3">
-[...5 lines deleted...]
-      <c r="J3" t="s">
+      <c r="L3"/>
+      <c r="M3" t="s">
         <v>36</v>
       </c>
-      <c r="K3" t="s">
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
         <v>37</v>
       </c>
-      <c r="L3" t="s">
+      <c r="P3" t="s">
         <v>38</v>
-      </c>
-[...10 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
         <v>42</v>
       </c>
-      <c r="B4" t="s">
+      <c r="E4" t="s">
         <v>43</v>
       </c>
-      <c r="C4" t="s">
-[...2 lines deleted...]
-      <c r="D4" t="s">
+      <c r="F4" t="s">
         <v>44</v>
       </c>
-      <c r="E4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G4" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="H4">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I4"/>
+        <v>2007</v>
+      </c>
+      <c r="I4">
+        <v>2008</v>
+      </c>
       <c r="J4" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="K4" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="M4" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="N4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="P4" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>41</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>43</v>
+      </c>
+      <c r="F5" t="s">
+        <v>44</v>
+      </c>
+      <c r="G5" t="s">
+        <v>45</v>
+      </c>
+      <c r="H5">
+        <v>2017</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>46</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
         <v>48</v>
       </c>
-      <c r="B5" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="N5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="P5" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>41</v>
+      </c>
+      <c r="D6" t="s">
         <v>53</v>
       </c>
-      <c r="C6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>43</v>
       </c>
       <c r="F6" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
-        <v>2022</v>
+        <v>2012</v>
       </c>
       <c r="I6">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="J6" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="K6" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="L6"/>
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>54</v>
+      </c>
       <c r="M6" t="s">
-        <v>56</v>
+        <v>48</v>
       </c>
       <c r="N6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="P6" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B7" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="C7" t="s">
-        <v>54</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>61</v>
+        <v>42</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
         <v>2022</v>
       </c>
       <c r="I7">
         <v>2024</v>
       </c>
       <c r="J7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="K7" t="s">
-        <v>37</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L7"/>
       <c r="M7" t="s">
         <v>64</v>
       </c>
       <c r="N7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>65</v>
       </c>
       <c r="P7" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>67</v>
       </c>
       <c r="B8" t="s">
         <v>68</v>
       </c>
       <c r="C8" t="s">
-        <v>54</v>
+        <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>69</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="H8">
         <v>2021</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="K8" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>64</v>
+        <v>26</v>
       </c>
       <c r="N8" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O8" t="s">
         <v>70</v>
       </c>
       <c r="P8" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>72</v>
       </c>
       <c r="B9" t="s">
         <v>73</v>
       </c>
       <c r="C9" t="s">
-        <v>54</v>
+        <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>74</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>2013</v>
       </c>
       <c r="I9">
         <v>2016</v>
       </c>
       <c r="J9" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="K9" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="L9" t="s">
         <v>75</v>
       </c>
       <c r="M9" t="s">
-        <v>64</v>
+        <v>26</v>
       </c>
       <c r="N9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O9" t="s">
         <v>76</v>
       </c>
       <c r="P9" t="s">
         <v>77</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>