--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -62,123 +62,123 @@
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
-[...38 lines deleted...]
-    <t>MEPS for indoor LED lamps</t>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
   </si>
   <si>
     <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
 One star - 80-90 lm/W
 Two star - &gt;98-108 lm/W
 Three star - &gt;108-119 lm/W
 Four star - &gt;119 - 135 lm/W
 Five star - &gt; 135 lm/W
 The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
+  </si>
+  <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
+    <t>Canada</t>
+  </si>
+  <si>
+    <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity, Gas, Oil</t>
+  </si>
+  <si>
+    <t>Natural Resources Canada Office of Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
+  </si>
+  <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -581,117 +581,115 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2016</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
-      <c r="L2"/>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
       <c r="M2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="P2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
-        <v>2022</v>
+        <v>2016</v>
       </c>
       <c r="I3">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="J3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K3" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L3" t="s">
         <v>35</v>
       </c>
+      <c r="L3"/>
       <c r="M3" t="s">
         <v>36</v>
       </c>
       <c r="N3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O3" t="s">
         <v>37</v>
       </c>
       <c r="P3" t="s">
         <v>38</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>