--- v0 (2025-11-06)
+++ v1 (2025-12-21)
@@ -151,51 +151,51 @@
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Microwave Oven</t>
   </si>
   <si>
     <t>This Guide is developed by the Commission to specify the MEPS and energy labelling requirements for microwave oven that can be connected to mains power and for household use. This Guide shall apply to the following function of microwave oven with size up to or equal to 32 Litre: (a) solo; (b) combination; (c) convection; (d) any other microwave oven with similar function; and (e) exclude any type of built-in microwave oven which its power supplied direct from power source.</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>Microwaves</t>
   </si>
   <si>
-    <t>Entered into force, New</t>
+    <t>New, Superseded</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS IEC 62301:2012, IEC 60705:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-microwave-oven</t>
   </si>
   <si>
     <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_Microwave_Oven_Issue_Date_01_MARCH_2020.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>