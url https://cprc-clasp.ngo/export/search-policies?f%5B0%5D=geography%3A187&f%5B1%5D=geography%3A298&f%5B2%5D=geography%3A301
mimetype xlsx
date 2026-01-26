--- v0 (2025-11-29)
+++ v1 (2026-01-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1142">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1143">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -2608,75 +2608,78 @@
     <t>https://cprc-clasp.ngo/policies/mels-casement-and-window-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for Clothes Dryers</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme (MELS) requirements for clothes dryers with a rated capacity of up to 10kg.
 Energy Consumption (EC) per wash in kWh (all clothes dryers)
 - 1 tick: NA
 - 2 tick: Rated capacity x 0.55 ≥ EC &gt; Rated capacity x 0.45
 - 3 tick: Rated capacity x 0.45 ≥ EC &gt; Rated capacity x 0.37
 - 4 tick: Rated capacity x 0.37 ≥ EC &gt; Rated capacity x 0.30
 - 5 tick: Rated capacity x 0.30 ≥ EC
 Rated Capacity means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile.</t>
   </si>
   <si>
     <t>IEC 61121:2005 with amendment 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-clothes-dryers</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
-[...2 lines deleted...]
-    <t>MELS for General Lighting</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
+  </si>
+  <si>
+    <t>MELS for General Lighting (2019)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-general-lighting</t>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2019</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy set energy label scheme for all regulated lamps:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
   </si>
   <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>MELS for Refrigerators</t>
   </si>
@@ -2716,57 +2719,57 @@
   </si>
   <si>
     <t>This policy contains minimum energy labeling scheme (MELS) requirements for televisions.</t>
   </si>
   <si>
     <t>IEC 62087:2008
 ,   
                     IEC 62087:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-televisions</t>
   </si>
   <si>
     <t>MELS for Three-Phase VRF Air-Conditioners</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme requirements for base module/units of a three-phase VRF air-conditioners (unit efficiency) of all cooling capacities.</t>
   </si>
   <si>
     <t>ISO 15042:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
+    <t>MELS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-water-heater</t>
+    <t>https://cprc-clasp.ngo/policies/mels-water-heater-2025</t>
   </si>
   <si>
     <t>MEPS - Dehumidifier</t>
   </si>
   <si>
     <t>The EF is limited to dehumidifiers with electric power not higher than 1000W at the present stage.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-dehumidifier-0</t>
   </si>
   <si>
     <t>MEPS for casement and window air-conditioners</t>
   </si>
   <si>
     <t>This policy applies to casement and window (up to 8.8 kW). The Minimum Coefficient of Performance (COP) is set at COP100% &gt; 3.78. Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards: ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1.</t>
   </si>
   <si>
     <t>ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-casement-and-window-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
@@ -2823,153 +2826,153 @@
   </si>
   <si>
     <t>MEPS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for lamps as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-general-lighting-2024</t>
   </si>
   <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy regulates minimum energy performance standard for portable air conditioners.
 Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
 Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
 1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
  N is the number of indoor and outdoor units
  Standby power is expressed in Watts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
-    <t>MEPS for Refrigerators</t>
+    <t>MEPS for Refrigerators (2022)</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for the following refrigerators: 
 - Refrigerators without a freezer up to 900L: 
 - Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
 Vadj tot) x 0.409]
 - Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
 - “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
 delivers ice on demand externally through a door.
 - “AEC” means Annual Energy Consumption.</t>
   </si>
   <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-0</t>
+    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2022</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2025</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
 The established MEPS are: 
 Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
 Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
 Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
 COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2022</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
     <t>This policy raises MEPS for single and multi split air conditioners.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
     <t>MEPS for Televisions (2024/2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-televisions-20242025</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors</t>
-[...2 lines deleted...]
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors-2018</t>
+  </si>
+  <si>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>MEPS for Water Chillers</t>
   </si>
   <si>
     <t>include both air-cooled and water-cooled types; volumetric and centrifugal compressors.</t>
   </si>
   <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>CNS 12575 CNS 12812</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-water-chillers</t>
   </si>
   <si>
     <t>MEPS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-water-heater-2025</t>
   </si>
@@ -11692,3879 +11695,3881 @@
       </c>
     </row>
     <row r="159" spans="1:16">
       <c r="A159" t="s">
         <v>840</v>
       </c>
       <c r="B159" t="s">
         <v>841</v>
       </c>
       <c r="C159" t="s">
         <v>50</v>
       </c>
       <c r="D159" t="s">
         <v>842</v>
       </c>
       <c r="E159" t="s">
         <v>34</v>
       </c>
       <c r="F159" t="s">
         <v>829</v>
       </c>
       <c r="G159" t="s">
         <v>22</v>
       </c>
       <c r="H159">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I159"/>
       <c r="J159" t="s">
         <v>843</v>
       </c>
       <c r="K159" t="s">
         <v>24</v>
       </c>
       <c r="L159"/>
       <c r="M159" t="s">
         <v>833</v>
       </c>
       <c r="N159" t="s">
         <v>27</v>
       </c>
       <c r="O159" t="s">
         <v>844</v>
       </c>
       <c r="P159" t="s">
         <v>835</v>
       </c>
     </row>
     <row r="160" spans="1:16">
       <c r="A160" t="s">
         <v>845</v>
       </c>
       <c r="B160" t="s">
         <v>846</v>
       </c>
       <c r="C160" t="s">
         <v>50</v>
       </c>
       <c r="D160" t="s">
         <v>847</v>
       </c>
       <c r="E160" t="s">
         <v>34</v>
       </c>
       <c r="F160" t="s">
         <v>829</v>
       </c>
       <c r="G160" t="s">
-        <v>8</v>
+        <v>848</v>
       </c>
       <c r="H160">
         <v>2015</v>
       </c>
       <c r="I160">
         <v>2019</v>
       </c>
       <c r="J160" t="s">
         <v>831</v>
       </c>
       <c r="K160" t="s">
         <v>24</v>
       </c>
       <c r="L160"/>
       <c r="M160" t="s">
         <v>833</v>
       </c>
       <c r="N160" t="s">
         <v>27</v>
       </c>
       <c r="O160" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="P160" t="s">
         <v>835</v>
       </c>
     </row>
     <row r="161" spans="1:16">
       <c r="A161" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="B161" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="C161" t="s">
         <v>50</v>
       </c>
       <c r="D161" t="s">
         <v>847</v>
       </c>
       <c r="E161" t="s">
         <v>34</v>
       </c>
       <c r="F161" t="s">
         <v>829</v>
       </c>
       <c r="G161" t="s">
         <v>45</v>
       </c>
       <c r="H161">
         <v>2015</v>
       </c>
       <c r="I161">
         <v>2024</v>
       </c>
       <c r="J161" t="s">
         <v>843</v>
       </c>
       <c r="K161" t="s">
         <v>24</v>
       </c>
       <c r="L161"/>
       <c r="M161" t="s">
         <v>833</v>
       </c>
       <c r="N161" t="s">
         <v>27</v>
       </c>
       <c r="O161" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="P161" t="s">
         <v>835</v>
       </c>
     </row>
     <row r="162" spans="1:16">
       <c r="A162" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="B162" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="C162" t="s">
         <v>50</v>
       </c>
       <c r="D162" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="E162" t="s">
         <v>34</v>
       </c>
       <c r="F162" t="s">
         <v>829</v>
       </c>
       <c r="G162" t="s">
         <v>22</v>
       </c>
-      <c r="H162">
+      <c r="H162"/>
+      <c r="I162">
         <v>2024</v>
       </c>
-      <c r="I162"/>
       <c r="J162" t="s">
         <v>843</v>
       </c>
       <c r="K162" t="s">
         <v>24</v>
       </c>
       <c r="L162"/>
       <c r="M162" t="s">
         <v>833</v>
       </c>
       <c r="N162" t="s">
         <v>27</v>
       </c>
       <c r="O162" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="P162" t="s">
         <v>835</v>
       </c>
     </row>
     <row r="163" spans="1:16">
       <c r="A163" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="B163" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="C163" t="s">
         <v>50</v>
       </c>
       <c r="D163" t="s">
         <v>73</v>
       </c>
       <c r="E163" t="s">
         <v>34</v>
       </c>
       <c r="F163" t="s">
         <v>829</v>
       </c>
       <c r="G163" t="s">
         <v>830</v>
       </c>
       <c r="H163">
         <v>2008</v>
       </c>
       <c r="I163">
         <v>2014</v>
       </c>
       <c r="J163" t="s">
         <v>831</v>
       </c>
       <c r="K163" t="s">
         <v>24</v>
       </c>
       <c r="L163" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="M163" t="s">
         <v>833</v>
       </c>
       <c r="N163" t="s">
         <v>27</v>
       </c>
       <c r="O163" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="P163" t="s">
         <v>835</v>
       </c>
     </row>
     <row r="164" spans="1:16">
       <c r="A164" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="B164" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="C164" t="s">
         <v>50</v>
       </c>
       <c r="D164" t="s">
         <v>126</v>
       </c>
       <c r="E164" t="s">
         <v>34</v>
       </c>
       <c r="F164" t="s">
         <v>829</v>
       </c>
       <c r="G164" t="s">
         <v>8</v>
       </c>
       <c r="H164">
         <v>2008</v>
       </c>
       <c r="I164">
         <v>2014</v>
       </c>
       <c r="J164" t="s">
         <v>831</v>
       </c>
       <c r="K164" t="s">
         <v>24</v>
       </c>
       <c r="L164" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="M164" t="s">
         <v>833</v>
       </c>
       <c r="N164" t="s">
         <v>27</v>
       </c>
       <c r="O164" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="P164" t="s">
         <v>835</v>
       </c>
     </row>
     <row r="165" spans="1:16">
       <c r="A165" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="B165" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="C165" t="s">
         <v>50</v>
       </c>
       <c r="D165" t="s">
         <v>79</v>
       </c>
       <c r="E165" t="s">
         <v>34</v>
       </c>
       <c r="F165" t="s">
         <v>829</v>
       </c>
       <c r="G165" t="s">
         <v>830</v>
       </c>
       <c r="H165">
         <v>2014</v>
       </c>
       <c r="I165"/>
       <c r="J165" t="s">
         <v>831</v>
       </c>
       <c r="K165" t="s">
         <v>24</v>
       </c>
       <c r="L165" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="M165" t="s">
         <v>833</v>
       </c>
       <c r="N165" t="s">
         <v>27</v>
       </c>
       <c r="O165" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="P165" t="s">
         <v>835</v>
       </c>
     </row>
     <row r="166" spans="1:16">
       <c r="A166" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="B166" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="C166" t="s">
         <v>50</v>
       </c>
       <c r="D166" t="s">
         <v>454</v>
       </c>
       <c r="E166" t="s">
         <v>34</v>
       </c>
       <c r="F166" t="s">
         <v>829</v>
       </c>
       <c r="G166" t="s">
         <v>830</v>
       </c>
       <c r="H166">
         <v>2021</v>
       </c>
       <c r="I166"/>
       <c r="J166" t="s">
         <v>831</v>
       </c>
       <c r="K166" t="s">
         <v>24</v>
       </c>
       <c r="L166" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="M166" t="s">
         <v>833</v>
       </c>
       <c r="N166" t="s">
         <v>27</v>
       </c>
       <c r="O166" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="P166" t="s">
         <v>835</v>
       </c>
     </row>
     <row r="167" spans="1:16">
       <c r="A167" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="B167" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="C167" t="s">
         <v>50</v>
       </c>
       <c r="D167" t="s">
         <v>403</v>
       </c>
       <c r="E167" t="s">
         <v>34</v>
       </c>
       <c r="F167" t="s">
         <v>829</v>
       </c>
       <c r="G167" t="s">
-        <v>22</v>
+        <v>830</v>
       </c>
       <c r="H167">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I167"/>
       <c r="J167" t="s">
         <v>843</v>
       </c>
       <c r="K167" t="s">
         <v>24</v>
       </c>
       <c r="L167"/>
       <c r="M167" t="s">
         <v>833</v>
       </c>
       <c r="N167" t="s">
         <v>27</v>
       </c>
       <c r="O167" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="P167" t="s">
         <v>835</v>
       </c>
     </row>
     <row r="168" spans="1:16">
       <c r="A168" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="B168" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="C168" t="s">
         <v>18</v>
       </c>
       <c r="D168" t="s">
         <v>186</v>
       </c>
       <c r="E168" t="s">
         <v>20</v>
       </c>
       <c r="F168" t="s">
         <v>21</v>
       </c>
       <c r="G168" t="s">
         <v>22</v>
       </c>
       <c r="H168">
         <v>2011</v>
       </c>
       <c r="I168"/>
       <c r="J168" t="s">
         <v>23</v>
       </c>
       <c r="K168" t="s">
         <v>24</v>
       </c>
       <c r="L168" t="s">
         <v>187</v>
       </c>
       <c r="M168" t="s">
         <v>26</v>
       </c>
       <c r="N168" t="s">
         <v>27</v>
       </c>
       <c r="O168" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="P168" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="169" spans="1:16">
       <c r="A169" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="B169" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="C169" t="s">
         <v>50</v>
       </c>
       <c r="D169" t="s">
         <v>126</v>
       </c>
       <c r="E169" t="s">
         <v>34</v>
       </c>
       <c r="F169" t="s">
         <v>21</v>
       </c>
       <c r="G169" t="s">
         <v>45</v>
       </c>
       <c r="H169">
         <v>2011</v>
       </c>
       <c r="I169">
         <v>2022</v>
       </c>
       <c r="J169" t="s">
         <v>831</v>
       </c>
       <c r="K169" t="s">
         <v>24</v>
       </c>
       <c r="L169" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="M169" t="s">
         <v>833</v>
       </c>
       <c r="N169" t="s">
         <v>27</v>
       </c>
       <c r="O169" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="P169" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
     </row>
     <row r="170" spans="1:16">
       <c r="A170" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="B170" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="C170" t="s">
         <v>50</v>
       </c>
       <c r="D170" t="s">
         <v>60</v>
       </c>
       <c r="E170" t="s">
         <v>34</v>
       </c>
       <c r="F170" t="s">
         <v>21</v>
       </c>
       <c r="G170" t="s">
         <v>8</v>
       </c>
       <c r="H170">
         <v>2014</v>
       </c>
       <c r="I170">
         <v>2022</v>
       </c>
       <c r="J170" t="s">
         <v>831</v>
       </c>
       <c r="K170" t="s">
         <v>24</v>
       </c>
       <c r="L170" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="M170" t="s">
         <v>833</v>
       </c>
       <c r="N170" t="s">
         <v>27</v>
       </c>
       <c r="O170" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="P170" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
     </row>
     <row r="171" spans="1:16">
       <c r="A171" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="B171" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="C171" t="s">
         <v>50</v>
       </c>
       <c r="D171" t="s">
         <v>842</v>
       </c>
       <c r="E171" t="s">
         <v>34</v>
       </c>
       <c r="F171" t="s">
         <v>21</v>
       </c>
       <c r="G171" t="s">
         <v>22</v>
       </c>
       <c r="H171">
         <v>2025</v>
       </c>
       <c r="I171"/>
       <c r="J171" t="s">
         <v>843</v>
       </c>
       <c r="K171" t="s">
         <v>24</v>
       </c>
       <c r="L171"/>
       <c r="M171" t="s">
         <v>833</v>
       </c>
       <c r="N171" t="s">
         <v>27</v>
       </c>
       <c r="O171" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="P171" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
     </row>
     <row r="172" spans="1:16">
       <c r="A172" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="B172" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="C172" t="s">
         <v>50</v>
       </c>
       <c r="D172" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="E172" t="s">
         <v>34</v>
       </c>
       <c r="F172" t="s">
         <v>21</v>
       </c>
       <c r="G172" t="s">
-        <v>8</v>
+        <v>848</v>
       </c>
       <c r="H172">
         <v>2015</v>
       </c>
       <c r="I172">
         <v>2019</v>
       </c>
       <c r="J172" t="s">
         <v>831</v>
       </c>
       <c r="K172" t="s">
         <v>24</v>
       </c>
       <c r="L172" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="M172" t="s">
         <v>833</v>
       </c>
       <c r="N172" t="s">
         <v>27</v>
       </c>
       <c r="O172" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="P172" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
     </row>
     <row r="173" spans="1:16">
       <c r="A173" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="B173" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="C173" t="s">
         <v>50</v>
       </c>
       <c r="D173" t="s">
         <v>847</v>
       </c>
       <c r="E173" t="s">
         <v>34</v>
       </c>
       <c r="F173" t="s">
         <v>21</v>
       </c>
       <c r="G173" t="s">
         <v>8</v>
       </c>
       <c r="H173">
         <v>2015</v>
       </c>
       <c r="I173">
         <v>2024</v>
       </c>
       <c r="J173" t="s">
         <v>843</v>
       </c>
       <c r="K173" t="s">
         <v>24</v>
       </c>
       <c r="L173"/>
       <c r="M173" t="s">
         <v>833</v>
       </c>
       <c r="N173" t="s">
         <v>27</v>
       </c>
       <c r="O173" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="P173" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
     </row>
     <row r="174" spans="1:16">
       <c r="A174" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="B174" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="C174" t="s">
         <v>50</v>
       </c>
       <c r="D174" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="E174" t="s">
         <v>34</v>
       </c>
       <c r="F174" t="s">
         <v>21</v>
       </c>
       <c r="G174" t="s">
         <v>830</v>
       </c>
       <c r="H174">
         <v>2024</v>
       </c>
       <c r="I174"/>
       <c r="J174" t="s">
         <v>843</v>
       </c>
       <c r="K174" t="s">
         <v>24</v>
       </c>
       <c r="L174"/>
       <c r="M174" t="s">
         <v>833</v>
       </c>
       <c r="N174" t="s">
         <v>27</v>
       </c>
       <c r="O174" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="P174" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
     </row>
     <row r="175" spans="1:16">
       <c r="A175" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="B175" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="C175" t="s">
         <v>50</v>
       </c>
       <c r="D175" t="s">
         <v>73</v>
       </c>
       <c r="E175" t="s">
         <v>34</v>
       </c>
       <c r="F175" t="s">
         <v>21</v>
       </c>
       <c r="G175" t="s">
-        <v>45</v>
+        <v>848</v>
       </c>
       <c r="H175">
         <v>2011</v>
       </c>
       <c r="I175">
         <v>2022</v>
       </c>
       <c r="J175" t="s">
         <v>831</v>
       </c>
       <c r="K175" t="s">
         <v>24</v>
       </c>
       <c r="L175" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="M175" t="s">
         <v>833</v>
       </c>
       <c r="N175" t="s">
         <v>27</v>
       </c>
       <c r="O175" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="P175" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
     </row>
     <row r="176" spans="1:16">
       <c r="A176" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="B176" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="C176" t="s">
         <v>50</v>
       </c>
       <c r="D176" t="s">
         <v>73</v>
       </c>
       <c r="E176" t="s">
         <v>34</v>
       </c>
       <c r="F176" t="s">
         <v>21</v>
       </c>
       <c r="G176" t="s">
-        <v>45</v>
+        <v>8</v>
       </c>
       <c r="H176">
         <v>2011</v>
       </c>
       <c r="I176">
         <v>2025</v>
       </c>
       <c r="J176" t="s">
         <v>843</v>
       </c>
       <c r="K176" t="s">
         <v>24</v>
       </c>
       <c r="L176"/>
       <c r="M176" t="s">
         <v>833</v>
       </c>
       <c r="N176" t="s">
         <v>27</v>
       </c>
       <c r="O176" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="P176" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
     </row>
     <row r="177" spans="1:16">
       <c r="A177" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="B177" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="C177" t="s">
         <v>50</v>
       </c>
       <c r="D177" t="s">
         <v>126</v>
       </c>
       <c r="E177" t="s">
         <v>34</v>
       </c>
       <c r="F177" t="s">
         <v>21</v>
       </c>
       <c r="G177" t="s">
-        <v>8</v>
+        <v>848</v>
       </c>
       <c r="H177">
         <v>2011</v>
       </c>
       <c r="I177">
         <v>2022</v>
       </c>
       <c r="J177" t="s">
         <v>831</v>
       </c>
       <c r="K177" t="s">
         <v>24</v>
       </c>
       <c r="L177" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="M177" t="s">
         <v>833</v>
       </c>
       <c r="N177" t="s">
         <v>27</v>
       </c>
       <c r="O177" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="P177" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
     </row>
     <row r="178" spans="1:16">
       <c r="A178" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="B178" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="C178" t="s">
         <v>50</v>
       </c>
       <c r="D178" t="s">
         <v>126</v>
       </c>
       <c r="E178" t="s">
         <v>34</v>
       </c>
       <c r="F178" t="s">
         <v>21</v>
       </c>
       <c r="G178" t="s">
         <v>45</v>
       </c>
       <c r="H178">
         <v>2011</v>
       </c>
       <c r="I178">
         <v>2025</v>
       </c>
       <c r="J178" t="s">
         <v>843</v>
       </c>
       <c r="K178" t="s">
         <v>24</v>
       </c>
       <c r="L178"/>
       <c r="M178" t="s">
         <v>833</v>
       </c>
       <c r="N178" t="s">
         <v>27</v>
       </c>
       <c r="O178" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="P178" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
     </row>
     <row r="179" spans="1:16">
       <c r="A179" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="B179" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="C179" t="s">
         <v>50</v>
       </c>
       <c r="D179" t="s">
         <v>79</v>
       </c>
       <c r="E179" t="s">
         <v>34</v>
       </c>
       <c r="F179" t="s">
         <v>21</v>
       </c>
       <c r="G179" t="s">
         <v>22</v>
       </c>
-      <c r="H179"/>
+      <c r="H179">
+        <v>2024</v>
+      </c>
       <c r="I179"/>
       <c r="J179" t="s">
         <v>843</v>
       </c>
       <c r="K179" t="s">
         <v>24</v>
       </c>
       <c r="L179"/>
       <c r="M179" t="s">
         <v>833</v>
       </c>
       <c r="N179" t="s">
         <v>27</v>
       </c>
       <c r="O179" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="P179" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
     </row>
     <row r="180" spans="1:16">
       <c r="A180" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="B180" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="C180" t="s">
         <v>50</v>
       </c>
       <c r="D180" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="E180" t="s">
         <v>34</v>
       </c>
       <c r="F180" t="s">
         <v>21</v>
       </c>
       <c r="G180" t="s">
         <v>830</v>
       </c>
       <c r="H180">
         <v>2018</v>
       </c>
       <c r="I180"/>
       <c r="J180" t="s">
         <v>831</v>
       </c>
       <c r="K180" t="s">
         <v>24</v>
       </c>
       <c r="L180" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="M180" t="s">
         <v>833</v>
       </c>
       <c r="N180" t="s">
         <v>150</v>
       </c>
       <c r="O180" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="P180" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
     </row>
     <row r="181" spans="1:16">
       <c r="A181" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="B181" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="C181" t="s">
         <v>50</v>
       </c>
       <c r="D181" t="s">
         <v>454</v>
       </c>
       <c r="E181" t="s">
         <v>34</v>
       </c>
       <c r="F181" t="s">
         <v>21</v>
       </c>
       <c r="G181" t="s">
         <v>830</v>
       </c>
       <c r="H181">
         <v>2021</v>
       </c>
       <c r="I181"/>
       <c r="J181" t="s">
         <v>831</v>
       </c>
       <c r="K181" t="s">
         <v>24</v>
       </c>
       <c r="L181" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="M181" t="s">
         <v>833</v>
       </c>
       <c r="N181" t="s">
         <v>27</v>
       </c>
       <c r="O181" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="P181" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
     </row>
     <row r="182" spans="1:16">
       <c r="A182" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="B182" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="C182" t="s">
         <v>18</v>
       </c>
       <c r="D182" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="E182" t="s">
         <v>20</v>
       </c>
       <c r="F182" t="s">
         <v>21</v>
       </c>
       <c r="G182" t="s">
         <v>22</v>
       </c>
       <c r="H182">
         <v>2003</v>
       </c>
       <c r="I182"/>
       <c r="J182" t="s">
         <v>23</v>
       </c>
       <c r="K182" t="s">
         <v>24</v>
       </c>
       <c r="L182" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="M182" t="s">
         <v>133</v>
       </c>
       <c r="N182" t="s">
         <v>27</v>
       </c>
       <c r="O182" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="P182" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="183" spans="1:16">
       <c r="A183" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="B183" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="C183" t="s">
         <v>50</v>
       </c>
       <c r="D183" t="s">
         <v>403</v>
       </c>
       <c r="E183" t="s">
         <v>34</v>
       </c>
       <c r="F183" t="s">
         <v>21</v>
       </c>
       <c r="G183" t="s">
         <v>22</v>
       </c>
       <c r="H183">
         <v>2025</v>
       </c>
       <c r="I183"/>
       <c r="J183" t="s">
         <v>843</v>
       </c>
       <c r="K183" t="s">
         <v>24</v>
       </c>
       <c r="L183"/>
       <c r="M183" t="s">
         <v>833</v>
       </c>
       <c r="N183" t="s">
         <v>27</v>
       </c>
       <c r="O183" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="P183" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
     </row>
     <row r="184" spans="1:16">
       <c r="A184" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="B184"/>
       <c r="C184" t="s">
         <v>18</v>
       </c>
       <c r="D184" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="E184" t="s">
         <v>34</v>
       </c>
       <c r="F184" t="s">
         <v>21</v>
       </c>
       <c r="G184" t="s">
         <v>22</v>
       </c>
       <c r="H184">
         <v>2021</v>
       </c>
       <c r="I184"/>
       <c r="J184" t="s">
         <v>53</v>
       </c>
       <c r="K184" t="s">
         <v>24</v>
       </c>
       <c r="L184"/>
       <c r="M184" t="s">
         <v>26</v>
       </c>
       <c r="N184" t="s">
         <v>27</v>
       </c>
       <c r="O184" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="P184" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
     </row>
     <row r="185" spans="1:16">
       <c r="A185" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="B185" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="C185" t="s">
         <v>18</v>
       </c>
       <c r="D185" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="E185" t="s">
         <v>34</v>
       </c>
       <c r="F185" t="s">
         <v>21</v>
       </c>
       <c r="G185" t="s">
         <v>45</v>
       </c>
       <c r="H185">
         <v>2003</v>
       </c>
       <c r="I185">
         <v>2005</v>
       </c>
       <c r="J185" t="s">
         <v>53</v>
       </c>
       <c r="K185" t="s">
         <v>24</v>
       </c>
       <c r="L185"/>
       <c r="M185" t="s">
         <v>26</v>
       </c>
       <c r="N185" t="s">
         <v>27</v>
       </c>
       <c r="O185" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="P185" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
     </row>
     <row r="186" spans="1:16">
       <c r="A186" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="B186" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="C186" t="s">
         <v>18</v>
       </c>
       <c r="D186" t="s">
         <v>384</v>
       </c>
       <c r="E186" t="s">
         <v>34</v>
       </c>
       <c r="F186" t="s">
         <v>21</v>
       </c>
       <c r="G186" t="s">
         <v>22</v>
       </c>
       <c r="H186">
         <v>2003</v>
       </c>
       <c r="I186"/>
       <c r="J186" t="s">
         <v>53</v>
       </c>
       <c r="K186" t="s">
         <v>335</v>
       </c>
       <c r="L186"/>
       <c r="M186" t="s">
         <v>26</v>
       </c>
       <c r="N186" t="s">
         <v>150</v>
       </c>
       <c r="O186" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="P186" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
     </row>
     <row r="187" spans="1:16">
       <c r="A187" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="B187" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="C187" t="s">
         <v>18</v>
       </c>
       <c r="D187" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="E187" t="s">
         <v>34</v>
       </c>
       <c r="F187" t="s">
         <v>21</v>
       </c>
       <c r="G187" t="s">
         <v>22</v>
       </c>
       <c r="H187">
         <v>2018</v>
       </c>
       <c r="I187"/>
       <c r="J187" t="s">
         <v>53</v>
       </c>
       <c r="K187" t="s">
         <v>24</v>
       </c>
       <c r="L187"/>
       <c r="M187" t="s">
         <v>26</v>
       </c>
       <c r="N187" t="s">
         <v>27</v>
       </c>
       <c r="O187" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="P187" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
     </row>
     <row r="188" spans="1:16">
       <c r="A188" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="B188" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="C188" t="s">
         <v>18</v>
       </c>
       <c r="D188" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="E188" t="s">
         <v>34</v>
       </c>
       <c r="F188" t="s">
         <v>21</v>
       </c>
       <c r="G188" t="s">
         <v>22</v>
       </c>
       <c r="H188">
         <v>2016</v>
       </c>
       <c r="I188"/>
       <c r="J188" t="s">
         <v>53</v>
       </c>
       <c r="K188" t="s">
         <v>24</v>
       </c>
       <c r="L188"/>
       <c r="M188" t="s">
         <v>26</v>
       </c>
       <c r="N188" t="s">
         <v>27</v>
       </c>
       <c r="O188" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="P188" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
     </row>
     <row r="189" spans="1:16">
       <c r="A189" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="B189"/>
       <c r="C189" t="s">
         <v>18</v>
       </c>
       <c r="D189" t="s">
         <v>19</v>
       </c>
       <c r="E189" t="s">
         <v>34</v>
       </c>
       <c r="F189" t="s">
         <v>21</v>
       </c>
       <c r="G189" t="s">
         <v>22</v>
       </c>
       <c r="H189">
         <v>2010</v>
       </c>
       <c r="I189"/>
       <c r="J189" t="s">
         <v>53</v>
       </c>
       <c r="K189" t="s">
         <v>24</v>
       </c>
       <c r="L189"/>
       <c r="M189" t="s">
         <v>26</v>
       </c>
       <c r="N189" t="s">
         <v>27</v>
       </c>
       <c r="O189" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="P189" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
     </row>
     <row r="190" spans="1:16">
       <c r="A190" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="B190"/>
       <c r="C190" t="s">
         <v>18</v>
       </c>
       <c r="D190" t="s">
         <v>186</v>
       </c>
       <c r="E190" t="s">
         <v>34</v>
       </c>
       <c r="F190" t="s">
         <v>21</v>
       </c>
       <c r="G190" t="s">
         <v>45</v>
       </c>
       <c r="H190">
         <v>2011</v>
       </c>
       <c r="I190">
         <v>2018</v>
       </c>
       <c r="J190" t="s">
         <v>53</v>
       </c>
       <c r="K190" t="s">
         <v>24</v>
       </c>
       <c r="L190"/>
       <c r="M190" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="N190" t="s">
         <v>27</v>
       </c>
       <c r="O190" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="P190" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
     </row>
     <row r="191" spans="1:16">
       <c r="A191" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="B191"/>
       <c r="C191" t="s">
         <v>18</v>
       </c>
       <c r="D191" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="E191" t="s">
         <v>34</v>
       </c>
       <c r="F191" t="s">
         <v>21</v>
       </c>
       <c r="G191" t="s">
         <v>22</v>
       </c>
       <c r="H191">
         <v>2011</v>
       </c>
       <c r="I191">
         <v>2016</v>
       </c>
       <c r="J191" t="s">
         <v>53</v>
       </c>
       <c r="K191" t="s">
         <v>24</v>
       </c>
       <c r="L191"/>
       <c r="M191" t="s">
         <v>26</v>
       </c>
       <c r="N191" t="s">
         <v>27</v>
       </c>
       <c r="O191" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="P191" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
     </row>
     <row r="192" spans="1:16">
       <c r="A192" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="B192"/>
       <c r="C192" t="s">
         <v>18</v>
       </c>
       <c r="D192" t="s">
         <v>651</v>
       </c>
       <c r="E192" t="s">
         <v>34</v>
       </c>
       <c r="F192" t="s">
         <v>21</v>
       </c>
       <c r="G192" t="s">
         <v>22</v>
       </c>
       <c r="H192">
         <v>2015</v>
       </c>
       <c r="I192"/>
       <c r="J192" t="s">
         <v>53</v>
       </c>
       <c r="K192" t="s">
         <v>24</v>
       </c>
       <c r="L192"/>
       <c r="M192" t="s">
         <v>26</v>
       </c>
       <c r="N192" t="s">
         <v>27</v>
       </c>
       <c r="O192" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="P192" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
     </row>
     <row r="193" spans="1:16">
       <c r="A193" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="B193"/>
       <c r="C193" t="s">
         <v>18</v>
       </c>
       <c r="D193" t="s">
         <v>44</v>
       </c>
       <c r="E193" t="s">
         <v>34</v>
       </c>
       <c r="F193" t="s">
         <v>21</v>
       </c>
       <c r="G193" t="s">
         <v>22</v>
       </c>
       <c r="H193">
         <v>2015</v>
       </c>
       <c r="I193"/>
       <c r="J193" t="s">
         <v>53</v>
       </c>
       <c r="K193" t="s">
         <v>24</v>
       </c>
       <c r="L193"/>
       <c r="M193" t="s">
         <v>26</v>
       </c>
       <c r="N193" t="s">
         <v>27</v>
       </c>
       <c r="O193" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="P193" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
     </row>
     <row r="194" spans="1:16">
       <c r="A194" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="B194" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="C194" t="s">
         <v>18</v>
       </c>
       <c r="D194" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="E194" t="s">
         <v>34</v>
       </c>
       <c r="F194" t="s">
         <v>21</v>
       </c>
       <c r="G194" t="s">
         <v>45</v>
       </c>
       <c r="H194">
         <v>2001</v>
       </c>
       <c r="I194">
         <v>2018</v>
       </c>
       <c r="J194" t="s">
         <v>53</v>
       </c>
       <c r="K194" t="s">
         <v>24</v>
       </c>
       <c r="L194"/>
       <c r="M194" t="s">
         <v>26</v>
       </c>
       <c r="N194" t="s">
         <v>27</v>
       </c>
       <c r="O194" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="P194" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
     </row>
     <row r="195" spans="1:16">
       <c r="A195" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="B195"/>
       <c r="C195" t="s">
         <v>18</v>
       </c>
       <c r="D195" t="s">
         <v>250</v>
       </c>
       <c r="E195" t="s">
         <v>34</v>
       </c>
       <c r="F195" t="s">
         <v>21</v>
       </c>
       <c r="G195" t="s">
         <v>22</v>
       </c>
       <c r="H195">
         <v>2009</v>
       </c>
       <c r="I195"/>
       <c r="J195" t="s">
         <v>53</v>
       </c>
       <c r="K195" t="s">
         <v>24</v>
       </c>
       <c r="L195"/>
       <c r="M195" t="s">
         <v>26</v>
       </c>
       <c r="N195" t="s">
         <v>27</v>
       </c>
       <c r="O195" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="P195" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
     </row>
     <row r="196" spans="1:16">
       <c r="A196" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="B196"/>
       <c r="C196" t="s">
         <v>18</v>
       </c>
       <c r="D196" t="s">
         <v>19</v>
       </c>
       <c r="E196" t="s">
         <v>34</v>
       </c>
       <c r="F196" t="s">
         <v>21</v>
       </c>
       <c r="G196" t="s">
         <v>22</v>
       </c>
       <c r="H196">
         <v>2012</v>
       </c>
       <c r="I196"/>
       <c r="J196" t="s">
         <v>53</v>
       </c>
       <c r="K196" t="s">
         <v>24</v>
       </c>
       <c r="L196"/>
       <c r="M196" t="s">
         <v>26</v>
       </c>
       <c r="N196" t="s">
         <v>27</v>
       </c>
       <c r="O196" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="P196" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
     </row>
     <row r="197" spans="1:16">
       <c r="A197" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="B197"/>
       <c r="C197" t="s">
         <v>18</v>
       </c>
       <c r="D197" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="E197" t="s">
         <v>34</v>
       </c>
       <c r="F197" t="s">
         <v>21</v>
       </c>
       <c r="G197" t="s">
         <v>22</v>
       </c>
       <c r="H197">
         <v>2014</v>
       </c>
       <c r="I197"/>
       <c r="J197" t="s">
         <v>53</v>
       </c>
       <c r="K197" t="s">
         <v>24</v>
       </c>
       <c r="L197"/>
       <c r="M197" t="s">
         <v>26</v>
       </c>
       <c r="N197" t="s">
         <v>27</v>
       </c>
       <c r="O197" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="P197" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
     </row>
     <row r="198" spans="1:16">
       <c r="A198" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="B198" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="C198" t="s">
         <v>18</v>
       </c>
       <c r="D198" t="s">
         <v>825</v>
       </c>
       <c r="E198" t="s">
         <v>34</v>
       </c>
       <c r="F198" t="s">
         <v>21</v>
       </c>
       <c r="G198" t="s">
         <v>22</v>
       </c>
       <c r="H198">
         <v>2002</v>
       </c>
       <c r="I198"/>
       <c r="J198" t="s">
         <v>53</v>
       </c>
       <c r="K198" t="s">
         <v>24</v>
       </c>
       <c r="L198"/>
       <c r="M198" t="s">
         <v>26</v>
       </c>
       <c r="N198" t="s">
         <v>27</v>
       </c>
       <c r="O198" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="P198"/>
     </row>
     <row r="199" spans="1:16">
       <c r="A199" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="B199" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="C199" t="s">
         <v>18</v>
       </c>
       <c r="D199" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="E199" t="s">
         <v>34</v>
       </c>
       <c r="F199" t="s">
         <v>21</v>
       </c>
       <c r="G199" t="s">
         <v>45</v>
       </c>
       <c r="H199">
         <v>2002</v>
       </c>
       <c r="I199">
         <v>2016</v>
       </c>
       <c r="J199" t="s">
         <v>53</v>
       </c>
       <c r="K199" t="s">
         <v>24</v>
       </c>
       <c r="L199"/>
       <c r="M199" t="s">
         <v>26</v>
       </c>
       <c r="N199" t="s">
         <v>27</v>
       </c>
       <c r="O199" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="P199" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
     </row>
     <row r="200" spans="1:16">
       <c r="A200" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="B200" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="C200" t="s">
         <v>18</v>
       </c>
       <c r="D200" t="s">
         <v>73</v>
       </c>
       <c r="E200" t="s">
         <v>34</v>
       </c>
       <c r="F200" t="s">
         <v>21</v>
       </c>
       <c r="G200" t="s">
         <v>45</v>
       </c>
       <c r="H200">
         <v>2000</v>
       </c>
       <c r="I200">
         <v>2018</v>
       </c>
       <c r="J200" t="s">
         <v>53</v>
       </c>
       <c r="K200" t="s">
         <v>24</v>
       </c>
       <c r="L200"/>
       <c r="M200" t="s">
         <v>26</v>
       </c>
       <c r="N200" t="s">
         <v>27</v>
       </c>
       <c r="O200" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="P200" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
     </row>
     <row r="201" spans="1:16">
       <c r="A201" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="B201"/>
       <c r="C201" t="s">
         <v>18</v>
       </c>
       <c r="D201" t="s">
         <v>198</v>
       </c>
       <c r="E201" t="s">
         <v>34</v>
       </c>
       <c r="F201" t="s">
         <v>21</v>
       </c>
       <c r="G201" t="s">
         <v>22</v>
       </c>
       <c r="H201">
         <v>2020</v>
       </c>
       <c r="I201"/>
       <c r="J201" t="s">
         <v>53</v>
       </c>
       <c r="K201" t="s">
         <v>24</v>
       </c>
       <c r="L201"/>
       <c r="M201" t="s">
         <v>26</v>
       </c>
       <c r="N201" t="s">
         <v>27</v>
       </c>
       <c r="O201" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="P201" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
     </row>
     <row r="202" spans="1:16">
       <c r="A202" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="B202"/>
       <c r="C202" t="s">
         <v>18</v>
       </c>
       <c r="D202" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="E202" t="s">
         <v>34</v>
       </c>
       <c r="F202" t="s">
         <v>21</v>
       </c>
       <c r="G202" t="s">
         <v>22</v>
       </c>
       <c r="H202">
         <v>2010</v>
       </c>
       <c r="I202"/>
       <c r="J202" t="s">
         <v>53</v>
       </c>
       <c r="K202" t="s">
         <v>24</v>
       </c>
       <c r="L202"/>
       <c r="M202" t="s">
         <v>26</v>
       </c>
       <c r="N202" t="s">
         <v>27</v>
       </c>
       <c r="O202" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="P202" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
     </row>
     <row r="203" spans="1:16">
       <c r="A203" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="B203"/>
       <c r="C203" t="s">
         <v>18</v>
       </c>
       <c r="D203" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="E203" t="s">
         <v>34</v>
       </c>
       <c r="F203" t="s">
         <v>21</v>
       </c>
       <c r="G203" t="s">
         <v>22</v>
       </c>
       <c r="H203">
         <v>2018</v>
       </c>
       <c r="I203"/>
       <c r="J203" t="s">
         <v>53</v>
       </c>
       <c r="K203" t="s">
         <v>24</v>
       </c>
       <c r="L203"/>
       <c r="M203" t="s">
         <v>26</v>
       </c>
       <c r="N203" t="s">
         <v>27</v>
       </c>
       <c r="O203" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="P203" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
     </row>
     <row r="204" spans="1:16">
       <c r="A204" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="B204" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="C204" t="s">
         <v>18</v>
       </c>
       <c r="D204" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="E204" t="s">
         <v>34</v>
       </c>
       <c r="F204" t="s">
         <v>21</v>
       </c>
       <c r="G204" t="s">
         <v>22</v>
       </c>
       <c r="H204">
         <v>2020</v>
       </c>
       <c r="I204"/>
       <c r="J204" t="s">
         <v>53</v>
       </c>
       <c r="K204" t="s">
         <v>24</v>
       </c>
       <c r="L204"/>
       <c r="M204" t="s">
         <v>26</v>
       </c>
       <c r="N204" t="s">
         <v>27</v>
       </c>
       <c r="O204" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="P204" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
     </row>
     <row r="205" spans="1:16">
       <c r="A205" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="B205" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="C205" t="s">
         <v>18</v>
       </c>
       <c r="D205" t="s">
         <v>126</v>
       </c>
       <c r="E205" t="s">
         <v>34</v>
       </c>
       <c r="F205" t="s">
         <v>21</v>
       </c>
       <c r="G205" t="s">
         <v>22</v>
       </c>
       <c r="H205">
         <v>2002</v>
       </c>
       <c r="I205"/>
       <c r="J205" t="s">
         <v>53</v>
       </c>
       <c r="K205" t="s">
         <v>24</v>
       </c>
       <c r="L205"/>
       <c r="M205" t="s">
         <v>26</v>
       </c>
       <c r="N205" t="s">
         <v>27</v>
       </c>
       <c r="O205" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="P205" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
     </row>
     <row r="206" spans="1:16">
       <c r="A206" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="B206" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="C206" t="s">
         <v>18</v>
       </c>
       <c r="D206" t="s">
         <v>126</v>
       </c>
       <c r="E206" t="s">
         <v>20</v>
       </c>
       <c r="F206" t="s">
         <v>21</v>
       </c>
       <c r="G206" t="s">
         <v>45</v>
       </c>
       <c r="H206">
         <v>1991</v>
       </c>
       <c r="I206">
         <v>2009</v>
       </c>
       <c r="J206" t="s">
         <v>23</v>
       </c>
       <c r="K206" t="s">
         <v>24</v>
       </c>
       <c r="L206" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="M206" t="s">
         <v>26</v>
       </c>
       <c r="N206" t="s">
         <v>27</v>
       </c>
       <c r="O206" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="P206" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="207" spans="1:16">
       <c r="A207" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="B207" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="C207" t="s">
         <v>18</v>
       </c>
       <c r="D207" t="s">
         <v>126</v>
       </c>
       <c r="E207" t="s">
         <v>20</v>
       </c>
       <c r="F207" t="s">
         <v>21</v>
       </c>
       <c r="G207" t="s">
         <v>45</v>
       </c>
       <c r="H207">
         <v>1991</v>
       </c>
       <c r="I207">
         <v>2002</v>
       </c>
       <c r="J207" t="s">
         <v>23</v>
       </c>
       <c r="K207" t="s">
         <v>24</v>
       </c>
       <c r="L207" t="s">
         <v>127</v>
       </c>
       <c r="M207" t="s">
         <v>26</v>
       </c>
       <c r="N207" t="s">
         <v>27</v>
       </c>
       <c r="O207" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="P207" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="208" spans="1:16">
       <c r="A208" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="B208" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="C208" t="s">
         <v>18</v>
       </c>
       <c r="D208" t="s">
         <v>126</v>
       </c>
       <c r="E208" t="s">
         <v>20</v>
       </c>
       <c r="F208" t="s">
         <v>21</v>
       </c>
       <c r="G208" t="s">
         <v>45</v>
       </c>
       <c r="H208">
         <v>1991</v>
       </c>
       <c r="I208">
         <v>2016</v>
       </c>
       <c r="J208" t="s">
         <v>23</v>
       </c>
       <c r="K208" t="s">
         <v>24</v>
       </c>
       <c r="L208" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="M208" t="s">
         <v>133</v>
       </c>
       <c r="N208" t="s">
         <v>27</v>
       </c>
       <c r="O208" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="P208" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="209" spans="1:16">
       <c r="A209" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="B209" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="C209" t="s">
         <v>18</v>
       </c>
       <c r="D209" t="s">
         <v>73</v>
       </c>
       <c r="E209" t="s">
         <v>20</v>
       </c>
       <c r="F209" t="s">
         <v>21</v>
       </c>
       <c r="G209" t="s">
         <v>45</v>
       </c>
       <c r="H209">
         <v>1996</v>
       </c>
       <c r="I209">
         <v>2011</v>
       </c>
       <c r="J209" t="s">
         <v>23</v>
       </c>
       <c r="K209" t="s">
         <v>24</v>
       </c>
       <c r="L209" t="s">
         <v>74</v>
       </c>
       <c r="M209" t="s">
         <v>26</v>
       </c>
       <c r="N209" t="s">
         <v>27</v>
       </c>
       <c r="O209" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="P209" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="210" spans="1:16">
       <c r="A210" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="B210" t="s">
         <v>73</v>
       </c>
       <c r="C210" t="s">
         <v>18</v>
       </c>
       <c r="D210" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="E210" t="s">
         <v>20</v>
       </c>
       <c r="F210" t="s">
         <v>21</v>
       </c>
       <c r="G210" t="s">
         <v>45</v>
       </c>
       <c r="H210">
         <v>2011</v>
       </c>
       <c r="I210">
         <v>2011</v>
       </c>
       <c r="J210" t="s">
         <v>23</v>
       </c>
       <c r="K210" t="s">
         <v>24</v>
       </c>
       <c r="L210" t="s">
         <v>74</v>
       </c>
       <c r="M210" t="s">
         <v>26</v>
       </c>
       <c r="N210" t="s">
         <v>27</v>
       </c>
       <c r="O210" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="P210" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="211" spans="1:16">
       <c r="A211" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="B211" t="s">
         <v>73</v>
       </c>
       <c r="C211" t="s">
         <v>18</v>
       </c>
       <c r="D211" t="s">
         <v>73</v>
       </c>
       <c r="E211" t="s">
         <v>20</v>
       </c>
       <c r="F211" t="s">
         <v>21</v>
       </c>
       <c r="G211" t="s">
         <v>45</v>
       </c>
       <c r="H211">
         <v>1996</v>
       </c>
       <c r="I211">
         <v>2011</v>
       </c>
       <c r="J211" t="s">
         <v>23</v>
       </c>
       <c r="K211" t="s">
         <v>24</v>
       </c>
       <c r="L211" t="s">
         <v>74</v>
       </c>
       <c r="M211" t="s">
         <v>26</v>
       </c>
       <c r="N211" t="s">
         <v>27</v>
       </c>
       <c r="O211" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="P211" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="212" spans="1:16">
       <c r="A212" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="B212" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="C212" t="s">
         <v>18</v>
       </c>
       <c r="D212" t="s">
         <v>85</v>
       </c>
       <c r="E212" t="s">
         <v>34</v>
       </c>
       <c r="F212" t="s">
         <v>829</v>
       </c>
       <c r="G212" t="s">
         <v>22</v>
       </c>
       <c r="H212">
         <v>2016</v>
       </c>
       <c r="I212"/>
       <c r="J212" t="s">
         <v>23</v>
       </c>
       <c r="K212" t="s">
         <v>24</v>
       </c>
       <c r="L212"/>
       <c r="M212" t="s">
         <v>26</v>
       </c>
       <c r="N212" t="s">
         <v>27</v>
       </c>
       <c r="O212" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="P212" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="213" spans="1:16">
       <c r="A213" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="B213" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="C213" t="s">
         <v>18</v>
       </c>
       <c r="D213" t="s">
         <v>85</v>
       </c>
       <c r="E213" t="s">
         <v>34</v>
       </c>
       <c r="F213" t="s">
         <v>829</v>
       </c>
       <c r="G213" t="s">
         <v>22</v>
       </c>
       <c r="H213">
         <v>2016</v>
       </c>
       <c r="I213"/>
       <c r="J213" t="s">
         <v>23</v>
       </c>
       <c r="K213" t="s">
         <v>24</v>
       </c>
       <c r="L213"/>
       <c r="M213" t="s">
         <v>26</v>
       </c>
       <c r="N213" t="s">
         <v>27</v>
       </c>
       <c r="O213" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="P213" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="214" spans="1:16">
       <c r="A214" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="B214" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
       <c r="C214" t="s">
         <v>18</v>
       </c>
       <c r="D214" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="E214" t="s">
         <v>20</v>
       </c>
       <c r="F214" t="s">
         <v>829</v>
       </c>
       <c r="G214" t="s">
         <v>45</v>
       </c>
       <c r="H214">
         <v>2012</v>
       </c>
       <c r="I214">
         <v>2015</v>
       </c>
       <c r="J214" t="s">
         <v>23</v>
       </c>
       <c r="K214" t="s">
         <v>24</v>
       </c>
       <c r="L214"/>
       <c r="M214" t="s">
         <v>26</v>
       </c>
       <c r="N214" t="s">
         <v>150</v>
       </c>
       <c r="O214" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="P214" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="215" spans="1:16">
       <c r="A215" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="B215" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="C215" t="s">
         <v>18</v>
       </c>
       <c r="D215" t="s">
         <v>44</v>
       </c>
       <c r="E215" t="s">
         <v>34</v>
       </c>
       <c r="F215" t="s">
         <v>52</v>
       </c>
       <c r="G215" t="s">
         <v>22</v>
       </c>
       <c r="H215">
         <v>2015</v>
       </c>
       <c r="I215"/>
       <c r="J215" t="s">
         <v>23</v>
       </c>
       <c r="K215" t="s">
         <v>24</v>
       </c>
       <c r="L215"/>
       <c r="M215" t="s">
         <v>26</v>
       </c>
       <c r="N215" t="s">
         <v>27</v>
       </c>
       <c r="O215" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="P215" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
     </row>
     <row r="216" spans="1:16">
       <c r="A216" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="B216" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="C216" t="s">
         <v>18</v>
       </c>
       <c r="D216" t="s">
         <v>85</v>
       </c>
       <c r="E216" t="s">
         <v>34</v>
       </c>
       <c r="F216" t="s">
         <v>52</v>
       </c>
       <c r="G216" t="s">
         <v>22</v>
       </c>
       <c r="H216">
         <v>2018</v>
       </c>
       <c r="I216"/>
       <c r="J216" t="s">
         <v>23</v>
       </c>
       <c r="K216" t="s">
         <v>24</v>
       </c>
       <c r="L216"/>
       <c r="M216" t="s">
         <v>26</v>
       </c>
       <c r="N216" t="s">
         <v>27</v>
       </c>
       <c r="O216" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="P216" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="217" spans="1:16">
       <c r="A217" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="B217" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="C217" t="s">
         <v>18</v>
       </c>
       <c r="D217" t="s">
         <v>85</v>
       </c>
       <c r="E217" t="s">
         <v>20</v>
       </c>
       <c r="F217" t="s">
         <v>52</v>
       </c>
       <c r="G217" t="s">
         <v>22</v>
       </c>
       <c r="H217">
         <v>2018</v>
       </c>
       <c r="I217"/>
       <c r="J217" t="s">
         <v>23</v>
       </c>
       <c r="K217" t="s">
         <v>24</v>
       </c>
       <c r="L217"/>
       <c r="M217" t="s">
         <v>26</v>
       </c>
       <c r="N217" t="s">
         <v>27</v>
       </c>
       <c r="O217" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="P217" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="218" spans="1:16">
       <c r="A218" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="B218" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="C218" t="s">
         <v>18</v>
       </c>
       <c r="D218" t="s">
         <v>73</v>
       </c>
       <c r="E218" t="s">
         <v>20</v>
       </c>
       <c r="F218" t="s">
         <v>829</v>
       </c>
       <c r="G218" t="s">
         <v>45</v>
       </c>
       <c r="H218">
         <v>2010</v>
       </c>
       <c r="I218">
         <v>2018</v>
       </c>
       <c r="J218" t="s">
         <v>23</v>
       </c>
       <c r="K218" t="s">
         <v>24</v>
       </c>
       <c r="L218"/>
       <c r="M218" t="s">
         <v>26</v>
       </c>
       <c r="N218" t="s">
         <v>27</v>
       </c>
       <c r="O218" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="P218" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="219" spans="1:16">
       <c r="A219" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="B219" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="C219" t="s">
         <v>18</v>
       </c>
       <c r="D219" t="s">
         <v>186</v>
       </c>
       <c r="E219" t="s">
         <v>20</v>
       </c>
       <c r="F219" t="s">
         <v>829</v>
       </c>
       <c r="G219" t="s">
         <v>45</v>
       </c>
       <c r="H219">
         <v>2011</v>
       </c>
       <c r="I219">
         <v>2011</v>
       </c>
       <c r="J219" t="s">
         <v>23</v>
       </c>
       <c r="K219" t="s">
         <v>24</v>
       </c>
       <c r="L219" t="s">
         <v>187</v>
       </c>
       <c r="M219" t="s">
         <v>26</v>
       </c>
       <c r="N219" t="s">
         <v>27</v>
       </c>
       <c r="O219" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="P219" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="220" spans="1:16">
       <c r="A220" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="B220" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="C220" t="s">
         <v>18</v>
       </c>
       <c r="D220" t="s">
         <v>214</v>
       </c>
       <c r="E220" t="s">
         <v>20</v>
       </c>
       <c r="F220" t="s">
         <v>829</v>
       </c>
       <c r="G220" t="s">
         <v>22</v>
       </c>
       <c r="H220">
         <v>2013</v>
       </c>
       <c r="I220"/>
       <c r="J220" t="s">
         <v>23</v>
       </c>
       <c r="K220" t="s">
         <v>215</v>
       </c>
       <c r="L220"/>
       <c r="M220" t="s">
         <v>26</v>
       </c>
       <c r="N220" t="s">
         <v>27</v>
       </c>
       <c r="O220" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="P220" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="221" spans="1:16">
       <c r="A221" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="B221" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="C221" t="s">
         <v>18</v>
       </c>
       <c r="D221" t="s">
         <v>454</v>
       </c>
       <c r="E221" t="s">
         <v>20</v>
       </c>
       <c r="F221" t="s">
         <v>829</v>
       </c>
       <c r="G221" t="s">
         <v>45</v>
       </c>
       <c r="H221">
         <v>2010</v>
       </c>
       <c r="I221">
         <v>2016</v>
       </c>
       <c r="J221" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="K221" t="s">
         <v>24</v>
       </c>
       <c r="L221"/>
       <c r="M221" t="s">
         <v>26</v>
       </c>
       <c r="N221" t="s">
         <v>27</v>
       </c>
       <c r="O221" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="P221" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="222" spans="1:16">
       <c r="A222" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
       <c r="B222" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="C222" t="s">
         <v>18</v>
       </c>
       <c r="D222" t="s">
         <v>391</v>
       </c>
       <c r="E222" t="s">
         <v>20</v>
       </c>
       <c r="F222" t="s">
         <v>829</v>
       </c>
       <c r="G222" t="s">
         <v>45</v>
       </c>
       <c r="H222">
         <v>2010</v>
       </c>
       <c r="I222">
         <v>2010</v>
       </c>
       <c r="J222" t="s">
         <v>23</v>
       </c>
       <c r="K222" t="s">
         <v>24</v>
       </c>
       <c r="L222" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
       <c r="M222" t="s">
         <v>26</v>
       </c>
       <c r="N222" t="s">
         <v>27</v>
       </c>
       <c r="O222" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
       <c r="P222" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="223" spans="1:16">
       <c r="A223" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="B223" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="C223" t="s">
         <v>18</v>
       </c>
       <c r="D223" t="s">
         <v>126</v>
       </c>
       <c r="E223" t="s">
         <v>20</v>
       </c>
       <c r="F223" t="s">
         <v>829</v>
       </c>
       <c r="G223" t="s">
         <v>45</v>
       </c>
       <c r="H223">
         <v>2010</v>
       </c>
       <c r="I223">
         <v>2010</v>
       </c>
       <c r="J223" t="s">
         <v>23</v>
       </c>
       <c r="K223" t="s">
         <v>24</v>
       </c>
       <c r="L223" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="M223" t="s">
         <v>26</v>
       </c>
       <c r="N223" t="s">
         <v>27</v>
       </c>
       <c r="O223" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="P223" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="224" spans="1:16">
       <c r="A224" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="B224" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="C224" t="s">
         <v>18</v>
       </c>
       <c r="D224" t="s">
         <v>19</v>
       </c>
       <c r="E224" t="s">
         <v>20</v>
       </c>
       <c r="F224" t="s">
         <v>21</v>
       </c>
       <c r="G224" t="s">
         <v>45</v>
       </c>
       <c r="H224">
         <v>2010</v>
       </c>
       <c r="I224">
         <v>2017</v>
       </c>
       <c r="J224" t="s">
         <v>23</v>
       </c>
       <c r="K224" t="s">
         <v>24</v>
       </c>
       <c r="L224" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="M224" t="s">
         <v>26</v>
       </c>
       <c r="N224" t="s">
         <v>27</v>
       </c>
       <c r="O224" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="P224" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="225" spans="1:16">
       <c r="A225" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="B225" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="C225" t="s">
         <v>18</v>
       </c>
       <c r="D225" t="s">
         <v>19</v>
       </c>
       <c r="E225" t="s">
         <v>20</v>
       </c>
       <c r="F225" t="s">
         <v>21</v>
       </c>
       <c r="G225" t="s">
         <v>22</v>
       </c>
       <c r="H225">
         <v>2010</v>
       </c>
       <c r="I225"/>
       <c r="J225" t="s">
         <v>23</v>
       </c>
       <c r="K225" t="s">
         <v>24</v>
       </c>
       <c r="L225" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
       <c r="M225" t="s">
         <v>26</v>
       </c>
       <c r="N225" t="s">
         <v>27</v>
       </c>
       <c r="O225" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
       <c r="P225" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="226" spans="1:16">
       <c r="A226" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="B226" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="C226" t="s">
         <v>50</v>
       </c>
       <c r="D226" t="s">
         <v>471</v>
       </c>
       <c r="E226" t="s">
         <v>20</v>
       </c>
       <c r="F226" t="s">
         <v>61</v>
       </c>
       <c r="G226" t="s">
         <v>22</v>
       </c>
       <c r="H226">
         <v>2012</v>
       </c>
       <c r="I226"/>
       <c r="J226" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="K226" t="s">
         <v>24</v>
       </c>
       <c r="L226"/>
       <c r="M226" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="N226" t="s">
         <v>27</v>
       </c>
       <c r="O226" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="P226" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="227" spans="1:16">
       <c r="A227" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
       <c r="B227" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
       <c r="C227" t="s">
         <v>50</v>
       </c>
       <c r="D227" t="s">
         <v>592</v>
       </c>
       <c r="E227" t="s">
         <v>20</v>
       </c>
       <c r="F227" t="s">
         <v>61</v>
       </c>
       <c r="G227" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="H227"/>
       <c r="I227"/>
       <c r="J227" t="s">
         <v>53</v>
       </c>
       <c r="K227" t="s">
         <v>24</v>
       </c>
       <c r="L227"/>
       <c r="M227" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="N227" t="s">
         <v>27</v>
       </c>
       <c r="O227" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
       <c r="P227" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="228" spans="1:16">
       <c r="A228" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="B228" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
       <c r="C228" t="s">
         <v>50</v>
       </c>
       <c r="D228" t="s">
         <v>267</v>
       </c>
       <c r="E228" t="s">
         <v>20</v>
       </c>
       <c r="F228" t="s">
         <v>61</v>
       </c>
       <c r="G228" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="H228"/>
       <c r="I228"/>
       <c r="J228" t="s">
         <v>53</v>
       </c>
       <c r="K228" t="s">
         <v>24</v>
       </c>
       <c r="L228"/>
       <c r="M228" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="N228" t="s">
         <v>27</v>
       </c>
       <c r="O228" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="P228" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="229" spans="1:16">
       <c r="A229" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="B229" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="C229" t="s">
         <v>50</v>
       </c>
       <c r="D229" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="E229" t="s">
         <v>20</v>
       </c>
       <c r="F229" t="s">
         <v>61</v>
       </c>
       <c r="G229" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="H229"/>
       <c r="I229"/>
       <c r="J229" t="s">
         <v>53</v>
       </c>
       <c r="K229" t="s">
         <v>24</v>
       </c>
       <c r="L229"/>
       <c r="M229" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="N229" t="s">
         <v>27</v>
       </c>
       <c r="O229" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
       <c r="P229" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="230" spans="1:16">
       <c r="A230" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="B230" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
       <c r="C230" t="s">
         <v>50</v>
       </c>
       <c r="D230" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="E230" t="s">
         <v>20</v>
       </c>
       <c r="F230" t="s">
         <v>61</v>
       </c>
       <c r="G230" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="H230"/>
       <c r="I230"/>
       <c r="J230" t="s">
         <v>53</v>
       </c>
       <c r="K230" t="s">
         <v>24</v>
       </c>
       <c r="L230"/>
       <c r="M230" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="N230" t="s">
         <v>27</v>
       </c>
       <c r="O230" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
       <c r="P230" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="231" spans="1:16">
       <c r="A231" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
       <c r="B231" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="C231" t="s">
         <v>50</v>
       </c>
       <c r="D231" t="s">
         <v>79</v>
       </c>
       <c r="E231" t="s">
         <v>20</v>
       </c>
       <c r="F231" t="s">
         <v>61</v>
       </c>
       <c r="G231" t="s">
         <v>45</v>
       </c>
       <c r="H231">
         <v>2012</v>
       </c>
       <c r="I231">
         <v>2012</v>
       </c>
       <c r="J231" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="K231" t="s">
         <v>24</v>
       </c>
       <c r="L231"/>
       <c r="M231" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="N231" t="s">
         <v>27</v>
       </c>
       <c r="O231" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="P231" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="232" spans="1:16">
       <c r="A232" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
       <c r="B232" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="C232" t="s">
         <v>50</v>
       </c>
       <c r="D232" t="s">
         <v>347</v>
       </c>
       <c r="E232" t="s">
         <v>20</v>
       </c>
       <c r="F232" t="s">
         <v>61</v>
       </c>
       <c r="G232" t="s">
         <v>45</v>
       </c>
       <c r="H232">
         <v>2012</v>
       </c>
       <c r="I232">
         <v>2012</v>
       </c>
       <c r="J232" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="K232" t="s">
         <v>24</v>
       </c>
       <c r="L232"/>
       <c r="M232" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="N232" t="s">
         <v>27</v>
       </c>
       <c r="O232" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="P232" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="233" spans="1:16">
       <c r="A233" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="B233" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="C233" t="s">
         <v>50</v>
       </c>
       <c r="D233" t="s">
         <v>519</v>
       </c>
       <c r="E233" t="s">
         <v>20</v>
       </c>
       <c r="F233" t="s">
         <v>61</v>
       </c>
       <c r="G233" t="s">
         <v>22</v>
       </c>
       <c r="H233">
         <v>2013</v>
       </c>
       <c r="I233"/>
       <c r="J233" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="K233" t="s">
         <v>24</v>
       </c>
       <c r="L233"/>
       <c r="M233" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="N233" t="s">
         <v>27</v>
       </c>
       <c r="O233" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="P233" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="234" spans="1:16">
       <c r="A234" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="B234" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="C234" t="s">
         <v>50</v>
       </c>
       <c r="D234" t="s">
         <v>651</v>
       </c>
       <c r="E234" t="s">
         <v>20</v>
       </c>
       <c r="F234" t="s">
         <v>61</v>
       </c>
       <c r="G234" t="s">
         <v>22</v>
       </c>
       <c r="H234">
         <v>2017</v>
       </c>
       <c r="I234"/>
       <c r="J234" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="K234" t="s">
         <v>24</v>
       </c>
       <c r="L234"/>
       <c r="M234" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="N234" t="s">
         <v>27</v>
       </c>
       <c r="O234" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="P234" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="235" spans="1:16">
       <c r="A235" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="B235" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="C235" t="s">
         <v>50</v>
       </c>
       <c r="D235" t="s">
         <v>261</v>
       </c>
       <c r="E235" t="s">
         <v>20</v>
       </c>
       <c r="F235" t="s">
         <v>61</v>
       </c>
       <c r="G235" t="s">
         <v>22</v>
       </c>
       <c r="H235">
         <v>2017</v>
       </c>
       <c r="I235"/>
       <c r="J235" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="K235" t="s">
         <v>215</v>
       </c>
       <c r="L235"/>
       <c r="M235" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="N235" t="s">
         <v>27</v>
       </c>
       <c r="O235" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
       <c r="P235" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="236" spans="1:16">
       <c r="A236" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="B236" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="C236" t="s">
         <v>50</v>
       </c>
       <c r="D236" t="s">
         <v>44</v>
       </c>
       <c r="E236" t="s">
         <v>20</v>
       </c>
       <c r="F236" t="s">
         <v>61</v>
       </c>
       <c r="G236" t="s">
         <v>22</v>
       </c>
       <c r="H236">
         <v>2017</v>
       </c>
       <c r="I236"/>
       <c r="J236" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="K236" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="L236"/>
       <c r="M236" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="N236" t="s">
         <v>27</v>
       </c>
       <c r="O236" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="P236" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="237" spans="1:16">
       <c r="A237" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
       <c r="B237" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="C237" t="s">
         <v>50</v>
       </c>
       <c r="D237" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
       <c r="E237" t="s">
         <v>20</v>
       </c>
       <c r="F237" t="s">
         <v>61</v>
       </c>
       <c r="G237" t="s">
         <v>45</v>
       </c>
       <c r="H237">
         <v>2012</v>
       </c>
       <c r="I237">
         <v>2017</v>
       </c>
       <c r="J237" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="K237" t="s">
         <v>24</v>
       </c>
       <c r="L237"/>
       <c r="M237" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="N237" t="s">
         <v>27</v>
       </c>
       <c r="O237" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
       <c r="P237" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="238" spans="1:16">
       <c r="A238" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="B238" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="C238" t="s">
         <v>50</v>
       </c>
       <c r="D238" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
       <c r="E238" t="s">
         <v>20</v>
       </c>
       <c r="F238" t="s">
         <v>61</v>
       </c>
       <c r="G238" t="s">
         <v>22</v>
       </c>
       <c r="H238">
         <v>2017</v>
       </c>
       <c r="I238"/>
       <c r="J238" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="K238" t="s">
         <v>750</v>
       </c>
       <c r="L238"/>
       <c r="M238" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="N238" t="s">
         <v>27</v>
       </c>
       <c r="O238" t="s">
-        <v>1132</v>
+        <v>1133</v>
       </c>
       <c r="P238" t="s">
-        <v>1133</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="239" spans="1:16">
       <c r="A239" t="s">
-        <v>1134</v>
+        <v>1135</v>
       </c>
       <c r="B239" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
       <c r="C239" t="s">
         <v>50</v>
       </c>
       <c r="D239" t="s">
         <v>73</v>
       </c>
       <c r="E239" t="s">
         <v>20</v>
       </c>
       <c r="F239" t="s">
         <v>61</v>
       </c>
       <c r="G239" t="s">
         <v>45</v>
       </c>
       <c r="H239">
         <v>2012</v>
       </c>
       <c r="I239">
         <v>2012</v>
       </c>
       <c r="J239" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="K239" t="s">
         <v>24</v>
       </c>
       <c r="L239"/>
       <c r="M239" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="N239" t="s">
         <v>27</v>
       </c>
       <c r="O239" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
       <c r="P239" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="240" spans="1:16">
       <c r="A240" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="B240" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
       <c r="C240" t="s">
         <v>50</v>
       </c>
       <c r="D240" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
       <c r="E240" t="s">
         <v>20</v>
       </c>
       <c r="F240" t="s">
         <v>61</v>
       </c>
       <c r="G240" t="s">
         <v>22</v>
       </c>
       <c r="H240">
         <v>2017</v>
       </c>
       <c r="I240"/>
       <c r="J240" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="K240" t="s">
         <v>750</v>
       </c>
       <c r="L240"/>
       <c r="M240" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="N240" t="s">
         <v>27</v>
       </c>
       <c r="O240" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="P240" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">