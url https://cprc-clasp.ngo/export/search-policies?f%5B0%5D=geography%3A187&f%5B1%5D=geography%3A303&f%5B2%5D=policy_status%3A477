--- v0 (2025-11-26)
+++ v1 (2026-01-25)
@@ -12,51 +12,163 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="0"/>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
+  <si>
+    <t>Policy</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Geography</t>
+  </si>
+  <si>
+    <t>Products Type</t>
+  </si>
+  <si>
+    <t>Policy Approach</t>
+  </si>
+  <si>
+    <t>Policy Instrument</t>
+  </si>
+  <si>
+    <t>Policy Status</t>
+  </si>
+  <si>
+    <t>Adopted</t>
+  </si>
+  <si>
+    <t>Revised</t>
+  </si>
+  <si>
+    <t>Updated by CLASP</t>
+  </si>
+  <si>
+    <t>Fuel Types</t>
+  </si>
+  <si>
+    <t>Test Method Applied</t>
+  </si>
+  <si>
+    <t>Responsible Agency</t>
+  </si>
+  <si>
+    <t>Related Topics</t>
+  </si>
+  <si>
+    <t>Permalink</t>
+  </si>
+  <si>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>TIS 2186-2547 Thai Industrial Standard for Household Refrigerators</t>
+  </si>
+  <si>
+    <t>The standard specifies the energy efficiency of compression-type refrigerators for household and similar use. It covers only compression types. It includes requirements, marks and labels, sampling, and criteria for conformity and testing. It's been replaced by TIS 2186-2561(2018).</t>
+  </si>
+  <si>
+    <t>Thailand</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>TIS 455-2537</t>
+  </si>
+  <si>
+    <t>Thai Industrial Standards Institute (TISI)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/tis-2186-2547-thai-industrial-standard-household-refrigerators</t>
+  </si>
+  <si>
+    <t>https://service.tisi.go.th/fulltext/2186_2547.pdf</t>
+  </si>
+  <si>
+    <t>TIS 2590-2557 (2014) Electric irons: Energy efficiency requirements</t>
+  </si>
+  <si>
+    <t>This standard defines energy efficiency requirements of electric irons for household or similar general purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz. It was replaced by TIS 2590-2024 since January 2025.</t>
+  </si>
+  <si>
+    <t>Laundry, Irons</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/tis-2590-2557-2014-electric-irons-energy-efficiency-requirements</t>
+  </si>
+  <si>
+    <t>https://a.tisi.go.th/t/?n=2590-2557</t>
+  </si>
+</sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
@@ -358,61 +470,221 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:A1"/>
+  <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="9.10" bestFit="true" style="0"/>
+    <col min="1" max="1" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="332.633" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="114.258" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="58.843" bestFit="true" customWidth="true" style="0"/>
   </cols>
-  <sheetData/>
+  <sheetData>
+    <row r="1" spans="1:16">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>10</v>
+      </c>
+      <c r="L1" t="s">
+        <v>11</v>
+      </c>
+      <c r="M1" t="s">
+        <v>12</v>
+      </c>
+      <c r="N1" t="s">
+        <v>13</v>
+      </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2004</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2014</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+  </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>