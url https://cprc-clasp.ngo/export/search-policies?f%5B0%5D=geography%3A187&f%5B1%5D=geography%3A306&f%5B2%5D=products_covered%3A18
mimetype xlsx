--- v0 (2025-10-10)
+++ v1 (2025-12-14)
@@ -12,263 +12,312 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Electrical Appliances, Equipment and Lighting Products Act No. 24 of 2016</t>
   </si>
   <si>
+    <t>This documents contains Regulations on MEPS and Energy labelling requirements for Air conditioners. This include Single phase and 3-phase up to 65kW rated total cooling Capacity.It also  Includes air source heat Pumps but not water source heat pumps.  Household refrigerating appliances: This includes any electrical household refrigerating appliances covered under the standards, and including refrigerators, refrigerators and freezers or freezers covered under the standard which: (a) Operate using the vapour Compensation cycle, and (b) Use mains electricity (230/240 volts at 50Hz) as the primary power source,  Fluorescent lamp ballasts ,  Incandescent lamps, Compact fluorescent lamps and Linear Fluorescent lamps</t>
+  </si>
+  <si>
     <t>Vanuatu</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>AS 4934.2-2011; AS/NZS 4934.1:2014</t>
   </si>
   <si>
     <t>Vanuatu Department of Energy, Mines and Minerals</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-electrical-appliances-equipment-and-lighting-products-act-no-24-2016</t>
   </si>
   <si>
+    <t>http://www.paclii.org/vu/legis/num_act/eeoeaealpa2016660/</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Ice Makers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of an Automatic Commercial Ice Maker as specified in the policy document that are air-cooled batch or continuous type, and of IMH, RCU, or SCU design, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. Air-cooled RCUs designed for connection to remote rack compressors that are alternately sold (with the same model number) with a dedicated remote condensing unit are also eligible for ENERGY STAR qualification (based on measured performance with the associated dedicated condensing unit).</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Ice Machines</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>10 CFR Part 431.134</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-ice-makers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_ice_makers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Refrigerators and Freezers Version 4.0</t>
   </si>
   <si>
+    <t>Products that (1) meet the definitions of a Commercial Refrigerator, Freezer, and Refrigerator-Freezer, or Commercial Hybrid; and (2) fall under the eligible equipment class designations in Section 2.A.a-h, or a combination of equipment classes in the policy document, are eligible for ENERGY STAR certification. Examples of product types that are eligible for qualification include: reach-in, roll-in, or passthrough units; merchandisers; under-counter units; hybrid units; milk coolers; back bar coolers; bottle coolers; glass frosters; deep well units; beer-dispensing or direct draw units; and bunker freezers.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>10 CFR Part 431 Subpart C, 10 CFR Part 431.64, and 10 CFR Part 431.66(d)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-refrigerators-and-freezers-version-40</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_refrigerators_freezers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Refrigerated Beverage Vending Machines Version 4.0</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Refrigerated Beverage Vending Machine and Class A, Class B, Combination A, or Combination B, including new and rebuilt, as specified in the policy document are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.B.</t>
+  </si>
+  <si>
     <t>Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>10 CFR Part 431 Subpart Q, Appendix B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-refrigerated-beverage-vending-machines-version-40</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/other/vending_machines/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Refrigerators and Freezers Version 5.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of (i) an Electric Refrigerator, Electric Refrigerator-Freezer, or Freezer, including compact and built-in products, as specified in the policy document and (ii) the definition of a consumer product as specified in 10 CFR § 430.2 are eligible for ENERGY STAR qualification. Wine refrigerators or other products that do not meet the definition of an Electric Refrigerator or Electric Refrigerator-Freezer are not eligible for qualification under this specification.</t>
+  </si>
+  <si>
     <t>10 CFR 430, Subpart B, Appendix A &amp; B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-refrigerators-and-freezers-version-50</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/refrigerators/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Water Coolers Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a water cooler, a freestanding device that consumes energy to cool and/or heat potable water, are eligible for ENERGY STAR qualification. This includes cold only units, hot and cold units, and cook and cold units. Units that provide pressurized water and are not free standing (i.e., wall mounted, under sink, or otherwise building integrated) are not eligible for ENERGY STAR. AirSource units and units with a water source other than bottled or tap water (POU) are not eligible.</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Water Coolers (Rev. May-2013)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-water-coolers-version-20</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/other/water_coolers/partners</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -532,455 +581,506 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N8"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="111" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="140" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="111.973" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="849.221" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="85.979" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="140.252" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="133.253" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2017</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2016</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...8 lines deleted...]
-      <c r="M2" t="s">
+      <c r="F4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2008</v>
+      </c>
+      <c r="I4">
+        <v>2018</v>
+      </c>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L4" t="s">
+        <v>47</v>
+      </c>
+      <c r="M4" t="s">
+        <v>48</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>43</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5">
+        <v>2001</v>
+      </c>
+      <c r="I5">
+        <v>2013</v>
+      </c>
+      <c r="J5" t="s">
+        <v>46</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
+        <v>48</v>
+      </c>
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...27 lines deleted...]
-      <c r="M3" t="s">
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>43</v>
+      </c>
+      <c r="D6" t="s">
+        <v>59</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>45</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6">
+        <v>2004</v>
+      </c>
+      <c r="I6">
+        <v>2020</v>
+      </c>
+      <c r="J6" t="s">
+        <v>46</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-        <v>34</v>
+      <c r="L6" t="s">
+        <v>60</v>
+      </c>
+      <c r="M6" t="s">
+        <v>48</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6" t="s">
+        <v>62</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-      <c r="A4" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D7" t="s">
+        <v>53</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>45</v>
+      </c>
+      <c r="G7" t="s">
         <v>35</v>
       </c>
-      <c r="B4" t="s">
-[...32 lines deleted...]
-      <c r="M4" t="s">
+      <c r="H7">
+        <v>2001</v>
+      </c>
+      <c r="I7">
+        <v>2014</v>
+      </c>
+      <c r="J7" t="s">
+        <v>46</v>
+      </c>
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-        <v>42</v>
+      <c r="L7" t="s">
+        <v>65</v>
+      </c>
+      <c r="M7" t="s">
+        <v>48</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>67</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-      <c r="A5" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>68</v>
+      </c>
+      <c r="B8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" t="s">
         <v>43</v>
       </c>
-      <c r="B5" t="s">
-[...26 lines deleted...]
-      <c r="K5" t="s">
+      <c r="D8" t="s">
+        <v>70</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>45</v>
       </c>
-      <c r="L5" t="s">
-[...2 lines deleted...]
-      <c r="M5" t="s">
+      <c r="G8" t="s">
+        <v>35</v>
+      </c>
+      <c r="H8">
+        <v>2010</v>
+      </c>
+      <c r="I8">
+        <v>2014</v>
+      </c>
+      <c r="J8" t="s">
+        <v>46</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="N5" t="s">
-[...10 lines deleted...]
-      <c r="C6" t="s">
+      <c r="L8" t="s">
+        <v>71</v>
+      </c>
+      <c r="M8" t="s">
         <v>48</v>
       </c>
-      <c r="D6" t="s">
-[...116 lines deleted...]
-      </c>
       <c r="N8" t="s">
-        <v>57</v>
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>72</v>
+      </c>
+      <c r="P8" t="s">
+        <v>73</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>