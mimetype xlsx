--- v0 (2025-11-05)
+++ v1 (2025-12-21)
@@ -4576,51 +4576,51 @@
       </c>
       <c r="P55" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
         <v>359</v>
       </c>
       <c r="B56" t="s">
         <v>360</v>
       </c>
       <c r="C56" t="s">
         <v>52</v>
       </c>
       <c r="D56" t="s">
         <v>361</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
         <v>68</v>
       </c>
       <c r="G56" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H56">
         <v>2021</v>
       </c>
       <c r="I56">
         <v>2024</v>
       </c>
       <c r="J56" t="s">
         <v>362</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56" t="s">
         <v>363</v>
       </c>
       <c r="M56" t="s">
         <v>56</v>
       </c>
       <c r="N56" t="s">
         <v>26</v>
       </c>
       <c r="O56" t="s">
         <v>364</v>
       </c>