--- v0 (2025-12-12)
+++ v1 (2026-01-26)
@@ -4434,51 +4434,51 @@
       </c>
       <c r="P53" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
         <v>350</v>
       </c>
       <c r="B54" t="s">
         <v>351</v>
       </c>
       <c r="C54" t="s">
         <v>42</v>
       </c>
       <c r="D54" t="s">
         <v>352</v>
       </c>
       <c r="E54" t="s">
         <v>33</v>
       </c>
       <c r="F54" t="s">
         <v>21</v>
       </c>
       <c r="G54" t="s">
-        <v>45</v>
+        <v>8</v>
       </c>
       <c r="H54">
         <v>2021</v>
       </c>
       <c r="I54">
         <v>2024</v>
       </c>
       <c r="J54" t="s">
         <v>353</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54" t="s">
         <v>354</v>
       </c>
       <c r="M54" t="s">
         <v>47</v>
       </c>
       <c r="N54" t="s">
         <v>26</v>
       </c>
       <c r="O54" t="s">
         <v>355</v>
       </c>