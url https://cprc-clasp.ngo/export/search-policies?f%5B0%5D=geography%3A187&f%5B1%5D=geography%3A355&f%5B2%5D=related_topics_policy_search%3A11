--- v0 (2025-12-01)
+++ v1 (2026-01-24)
@@ -4288,51 +4288,51 @@
       </c>
       <c r="P51" t="s">
         <v>330</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
         <v>331</v>
       </c>
       <c r="B52" t="s">
         <v>332</v>
       </c>
       <c r="C52" t="s">
         <v>18</v>
       </c>
       <c r="D52" t="s">
         <v>333</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
         <v>38</v>
       </c>
       <c r="G52" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H52">
         <v>2021</v>
       </c>
       <c r="I52">
         <v>2024</v>
       </c>
       <c r="J52" t="s">
         <v>334</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52" t="s">
         <v>335</v>
       </c>
       <c r="M52" t="s">
         <v>25</v>
       </c>
       <c r="N52" t="s">
         <v>26</v>
       </c>
       <c r="O52" t="s">
         <v>336</v>
       </c>