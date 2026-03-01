--- v0 (2025-10-13)
+++ v1 (2026-03-01)
@@ -12,188 +12,216 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Packaged Boilers Version 1.0</t>
   </si>
   <si>
+    <t>Only products that meet the definitions of both a commercial boiler and packaged boiler as specified in the policy document; which are marketed for sale in the commercial market are eligible for ENERGY STAR certification under this specification.
+Commercial Boiler: A type of packaged low pressure boiler with a capacity at full load rated input of 300 000 Btu per hour or more which is distributed in commerce: for heating or space conditioning applications in commercial buildings; or for service water heating in buildings excluding those products that meet the definition of Hot Water Supply Boiler.
+Packaged Boiler: A boiler that is shipped complete with heating equipment; mechanical draft equipment and automatic controls in one or more sections but is not custom designed and or field constructed.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>10 CFR Part 431.86; UL 795 or ANSI Z21.13-2014/CSA 4.9</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-packaged-boilers-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/commercial_boilers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Furnaces Version 4.1</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Products that meet the definition of a Residential Furnace as specified in the policy document are eligible for ENERGY STAR certification, with the exception of Furnaces intended only for commercial installation and/or with a rating of 225 000 Btu per hour energy or higher. Only non-weatherized furnaces approved for residential installation are eligible.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>10 CFR Part 430 Appendix N; ANSI/ASHRAE 193-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-furnaces-version-41</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/furnaces/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Boilers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a residential boiler and combination space-heating and water heating appliance as specified in the policy document are eligible for ENERGY STAR certification. 
+Residential Boiler: A self-contained fuel burning appliance, with input less than 300 000 Btu per hour and operating at or below 160 psig water pressure and 250F water temperature, to supply low pressure steam or hot water for space heating applications. A heating unit that meets this definition and also provides hot water for domestic or other use is considered a combination space-heating and water heating appliance for purposes of this agreement.</t>
+  </si>
+  <si>
     <t>10 CFR part 430 Subpart B, Appendix N</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-boilers-version-30</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/heating_cooling/boilers/partners</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -457,281 +485,308 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N4"/>
+  <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="90" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="122" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="90.692" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="534.298" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="122.542" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="94.263" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2016</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...2 lines deleted...]
-      <c r="L2" t="s">
+      <c r="G3" t="s">
+        <v>32</v>
+      </c>
+      <c r="H3">
+        <v>1995</v>
+      </c>
+      <c r="I3">
+        <v>2013</v>
+      </c>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>32</v>
+      </c>
+      <c r="H4">
+        <v>1996</v>
+      </c>
+      <c r="I4">
+        <v>2014</v>
+      </c>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>38</v>
+      </c>
+      <c r="M4" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...11 lines deleted...]
-      <c r="F3" t="s">
+      <c r="N4" t="s">
         <v>27</v>
       </c>
-      <c r="G3">
-[...65 lines deleted...]
-        <v>32</v>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>