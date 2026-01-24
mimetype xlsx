--- v0 (2025-11-27)
+++ v1 (2026-01-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="186">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="188">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -237,53 +237,50 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/labeling-domestic-lighting</t>
   </si>
   <si>
     <t>https://energia.gob.cl/consultas-publicas/especificaciones-tecnicas-para-el-diseno-de-la-etiqueta-de-eficiencia-energetica-para-lamparas-de-uso-domestico</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
   </si>
   <si>
     <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
   </si>
   <si>
-    <t>Africa, Nigeria</t>
-[...1 lines deleted...]
-  <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 60064
 ,   
                     NIS IEC 60357
 ,   
                     NIS IEC 60969
 ,   
                     NIS IEC 60081
 ,   
                     NIS IEC 62612
 ,   
                     NIS IEC 62717
 ,   
                     NIS IEC 63103
 ,   
                     NIS IEC 61000-4-11
 ,   
@@ -320,50 +317,62 @@
     <t>Luminaires</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
+  </si>
+  <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
   </si>
   <si>
     <t>NIS ECOSTAND 072:2018EE - Nigerian Energy Label Guide label for ACs</t>
   </si>
   <si>
     <t>NIS ECOSTAND 072:2018EE - The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of refrigerators in the market.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nis-ecostand-0722018ee-nigerian-energy-label-guide-label-acs</t>
   </si>
   <si>
     <t>NIS IEC 62717:2015, LED modules for general lighting – Performance requirements</t>
   </si>
   <si>
     <t>Specifies the performance requirements for LED modules, together with the test methods and conditions, required to show compliance with this standard.</t>
   </si>
   <si>
     <t>Lighting</t>
   </si>
@@ -398,53 +407,50 @@
                     IEC 62504, General lighting – Light emitting diode (LED) products and related equipment –Terms and definitions
 ,   
                     CIE 13.3:1995, Method of measuring and specifying colour rendering properties of light
 sources
 ,   
                     CIE 177:2007, Colour rendering of white LED light sources
 ,   
                     CIE S 025/E:2015, Test Method for LED Lamps, LED Luminaires and LED Modules
 ,   
                     ANSI/IES LM-80-15, Approved Method: Measuring Luminous Flux and Color Maintenance of LED Packages, Arrays and Modules</t>
   </si>
   <si>
     <t>Standards Organization of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nis-iec-627172015-led-modules-general-lighting-performance-requirements</t>
   </si>
   <si>
     <t>https://standards.lawnigeria.com/2018/08/31/standards-of-nigeria/</t>
   </si>
   <si>
     <t>PE No 1/26/2</t>
   </si>
   <si>
     <t>This protocol provides specifications for single phase air conditioners, of the direct expansion refrigeration type, single or multi-split units, non-ducted, up to a cooling capacity of 12 kW (42000 Btu/h) and condensation by air.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>NCh 3081: 2007</t>
   </si>
   <si>
     <t>Superintendencia de Electricidad y Combustibles (SEC) -Fuel and Electricity Sup…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pe-no-1262</t>
   </si>
   <si>
     <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_ELECTRICIDAD/PE_1-26-2.PDF</t>
   </si>
   <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
     <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
   </si>
   <si>
     <t>Colombia</t>
   </si>
@@ -997,61 +1003,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P25"/>
+  <dimension ref="A1:P26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="261.793" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1232.699" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="222.803" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="181.527" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -1359,908 +1365,952 @@
       <c r="K7" t="s">
         <v>37</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
         <v>26</v>
       </c>
       <c r="N7" t="s">
         <v>38</v>
       </c>
       <c r="O7" t="s">
         <v>71</v>
       </c>
       <c r="P7" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>72</v>
       </c>
       <c r="B8" t="s">
         <v>73</v>
       </c>
       <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>34</v>
       </c>
       <c r="G8" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="H8">
         <v>2024</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="K8" t="s">
         <v>37</v>
       </c>
       <c r="L8" t="s">
+        <v>77</v>
+      </c>
+      <c r="M8" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="N8" t="s">
         <v>38</v>
       </c>
       <c r="O8" t="s">
+        <v>79</v>
+      </c>
+      <c r="P8" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
+        <v>81</v>
+      </c>
+      <c r="B9" t="s">
         <v>82</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
         <v>83</v>
-      </c>
-[...4 lines deleted...]
-        <v>84</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>34</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>2024</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="K9" t="s">
         <v>37</v>
       </c>
       <c r="L9" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="M9" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="N9" t="s">
         <v>38</v>
       </c>
       <c r="O9" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="P9" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>87</v>
-[...3 lines deleted...]
-      </c>
+        <v>86</v>
+      </c>
+      <c r="B10"/>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="E10" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="G10" t="s">
-        <v>90</v>
+        <v>75</v>
       </c>
       <c r="H10">
         <v>2017</v>
       </c>
-      <c r="I10">
-[...1 lines deleted...]
-      </c>
+      <c r="I10"/>
       <c r="J10" t="s">
-        <v>46</v>
+        <v>88</v>
       </c>
       <c r="K10" t="s">
         <v>37</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>26</v>
+        <v>78</v>
       </c>
       <c r="N10" t="s">
         <v>38</v>
       </c>
       <c r="O10" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="P10" t="s">
-        <v>58</v>
+        <v>80</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="B11" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="E11" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F11" t="s">
-        <v>95</v>
+        <v>63</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>93</v>
       </c>
       <c r="H11">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I11"/>
+        <v>2017</v>
+      </c>
+      <c r="I11">
+        <v>2019</v>
+      </c>
       <c r="J11" t="s">
         <v>46</v>
       </c>
       <c r="K11" t="s">
         <v>37</v>
       </c>
-      <c r="L11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L11"/>
       <c r="M11" t="s">
-        <v>97</v>
+        <v>26</v>
       </c>
       <c r="N11" t="s">
         <v>38</v>
       </c>
       <c r="O11" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="P11" t="s">
-        <v>99</v>
+        <v>58</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="B12" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="C12" t="s">
-        <v>61</v>
+        <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>63</v>
+        <v>98</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
-        <v>2011</v>
+        <v>2018</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>103</v>
+        <v>46</v>
       </c>
       <c r="K12" t="s">
         <v>37</v>
       </c>
       <c r="L12" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="M12" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="N12" t="s">
         <v>38</v>
       </c>
       <c r="O12" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="P12" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="B13" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="C13" t="s">
-        <v>110</v>
+        <v>61</v>
       </c>
       <c r="D13" t="s">
-        <v>111</v>
+        <v>87</v>
       </c>
       <c r="E13" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>63</v>
       </c>
       <c r="G13" t="s">
-        <v>90</v>
+        <v>22</v>
       </c>
       <c r="H13">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="I13"/>
       <c r="J13" t="s">
-        <v>112</v>
+        <v>105</v>
       </c>
       <c r="K13" t="s">
-        <v>113</v>
-[...1 lines deleted...]
-      <c r="L13"/>
+        <v>37</v>
+      </c>
+      <c r="L13" t="s">
+        <v>106</v>
+      </c>
       <c r="M13" t="s">
-        <v>114</v>
+        <v>107</v>
       </c>
       <c r="N13" t="s">
         <v>38</v>
       </c>
       <c r="O13" t="s">
-        <v>115</v>
+        <v>108</v>
       </c>
       <c r="P13" t="s">
-        <v>116</v>
+        <v>109</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>117</v>
+        <v>110</v>
       </c>
       <c r="B14" t="s">
-        <v>118</v>
+        <v>111</v>
       </c>
       <c r="C14" t="s">
-        <v>61</v>
+        <v>112</v>
       </c>
       <c r="D14" t="s">
-        <v>62</v>
+        <v>113</v>
       </c>
       <c r="E14" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F14" t="s">
-        <v>45</v>
+        <v>63</v>
       </c>
       <c r="G14" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="H14">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="I14">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="J14" t="s">
-        <v>64</v>
+        <v>114</v>
       </c>
       <c r="K14" t="s">
-        <v>37</v>
-[...3 lines deleted...]
-      </c>
+        <v>115</v>
+      </c>
+      <c r="L14"/>
       <c r="M14" t="s">
-        <v>65</v>
+        <v>116</v>
       </c>
       <c r="N14" t="s">
         <v>38</v>
       </c>
       <c r="O14" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="P14" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="B15" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="C15" t="s">
         <v>61</v>
       </c>
       <c r="D15" t="s">
-        <v>124</v>
+        <v>62</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>63</v>
+        <v>45</v>
       </c>
       <c r="G15" t="s">
-        <v>22</v>
+        <v>93</v>
       </c>
       <c r="H15">
-        <v>2007</v>
-[...1 lines deleted...]
-      <c r="I15"/>
+        <v>2013</v>
+      </c>
+      <c r="I15">
+        <v>2020</v>
+      </c>
       <c r="J15" t="s">
         <v>64</v>
       </c>
       <c r="K15" t="s">
         <v>37</v>
       </c>
       <c r="L15" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="M15" t="s">
         <v>65</v>
       </c>
       <c r="N15" t="s">
         <v>38</v>
       </c>
       <c r="O15" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="P15" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B16" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="C16" t="s">
         <v>61</v>
       </c>
       <c r="D16" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>63</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
-        <v>2011</v>
+        <v>2007</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
         <v>64</v>
       </c>
       <c r="K16" t="s">
         <v>37</v>
       </c>
       <c r="L16" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="M16" t="s">
         <v>65</v>
       </c>
       <c r="N16" t="s">
         <v>38</v>
       </c>
       <c r="O16" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="P16" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="B17" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="C17" t="s">
         <v>61</v>
       </c>
       <c r="D17" t="s">
-        <v>102</v>
+        <v>132</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>45</v>
+        <v>63</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
-        <v>2018</v>
+        <v>2011</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
         <v>64</v>
       </c>
       <c r="K17" t="s">
         <v>37</v>
       </c>
       <c r="L17" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="M17" t="s">
         <v>65</v>
       </c>
       <c r="N17" t="s">
         <v>38</v>
       </c>
       <c r="O17" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="P17" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="B18" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="C18" t="s">
         <v>61</v>
       </c>
       <c r="D18" t="s">
-        <v>141</v>
+        <v>87</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>63</v>
+        <v>45</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
         <v>64</v>
       </c>
       <c r="K18" t="s">
-        <v>142</v>
+        <v>37</v>
       </c>
       <c r="L18" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="M18" t="s">
         <v>65</v>
       </c>
       <c r="N18" t="s">
         <v>38</v>
       </c>
       <c r="O18" t="s">
-        <v>144</v>
+        <v>139</v>
       </c>
       <c r="P18" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="B19" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="C19" t="s">
         <v>61</v>
       </c>
       <c r="D19" t="s">
-        <v>148</v>
+        <v>143</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>63</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2017</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
         <v>64</v>
       </c>
       <c r="K19" t="s">
-        <v>37</v>
+        <v>144</v>
       </c>
       <c r="L19" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="M19" t="s">
         <v>65</v>
       </c>
       <c r="N19" t="s">
         <v>38</v>
       </c>
       <c r="O19" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="P19" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="B20" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="C20" t="s">
         <v>61</v>
       </c>
       <c r="D20" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>63</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
         <v>64</v>
       </c>
       <c r="K20" t="s">
-        <v>142</v>
+        <v>37</v>
       </c>
       <c r="L20" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="M20" t="s">
         <v>65</v>
       </c>
       <c r="N20" t="s">
         <v>38</v>
       </c>
       <c r="O20" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="P20" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="B21" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="C21" t="s">
         <v>61</v>
       </c>
       <c r="D21" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>63</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
         <v>64</v>
       </c>
       <c r="K21" t="s">
-        <v>37</v>
+        <v>144</v>
       </c>
       <c r="L21" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="M21" t="s">
         <v>65</v>
       </c>
       <c r="N21" t="s">
         <v>38</v>
       </c>
       <c r="O21" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="P21" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="B22" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="C22" t="s">
         <v>61</v>
       </c>
       <c r="D22" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>63</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
         <v>64</v>
       </c>
       <c r="K22" t="s">
         <v>37</v>
       </c>
       <c r="L22" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="M22" t="s">
         <v>65</v>
       </c>
       <c r="N22" t="s">
         <v>38</v>
       </c>
       <c r="O22" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="P22" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="B23" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="C23" t="s">
         <v>61</v>
       </c>
       <c r="D23" t="s">
-        <v>62</v>
+        <v>168</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>63</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I23">
         <v>2015</v>
       </c>
+      <c r="I23"/>
       <c r="J23" t="s">
         <v>64</v>
       </c>
       <c r="K23" t="s">
         <v>37</v>
       </c>
       <c r="L23" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="M23" t="s">
         <v>65</v>
       </c>
       <c r="N23" t="s">
         <v>38</v>
       </c>
       <c r="O23" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="P23" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="B24" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="C24" t="s">
         <v>61</v>
       </c>
       <c r="D24" t="s">
-        <v>89</v>
+        <v>62</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>45</v>
+        <v>63</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
+        <v>2011</v>
+      </c>
+      <c r="I24">
         <v>2015</v>
       </c>
-      <c r="I24"/>
       <c r="J24" t="s">
         <v>64</v>
       </c>
       <c r="K24" t="s">
         <v>37</v>
       </c>
       <c r="L24" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="M24" t="s">
         <v>65</v>
       </c>
       <c r="N24" t="s">
         <v>38</v>
       </c>
       <c r="O24" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="P24" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="B25" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="C25" t="s">
         <v>61</v>
       </c>
       <c r="D25" t="s">
-        <v>182</v>
+        <v>92</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>63</v>
+        <v>45</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
         <v>64</v>
       </c>
       <c r="K25" t="s">
         <v>37</v>
       </c>
       <c r="L25" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="M25" t="s">
         <v>65</v>
       </c>
       <c r="N25" t="s">
         <v>38</v>
       </c>
       <c r="O25" t="s">
+        <v>180</v>
+      </c>
+      <c r="P25" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>182</v>
+      </c>
+      <c r="B26" t="s">
+        <v>183</v>
+      </c>
+      <c r="C26" t="s">
+        <v>61</v>
+      </c>
+      <c r="D26" t="s">
         <v>184</v>
       </c>
-      <c r="P25" t="s">
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>63</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2017</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>64</v>
+      </c>
+      <c r="K26" t="s">
+        <v>37</v>
+      </c>
+      <c r="L26" t="s">
         <v>185</v>
+      </c>
+      <c r="M26" t="s">
+        <v>65</v>
+      </c>
+      <c r="N26" t="s">
+        <v>38</v>
+      </c>
+      <c r="O26" t="s">
+        <v>186</v>
+      </c>
+      <c r="P26" t="s">
+        <v>187</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">