--- v0 (2025-11-08)
+++ v1 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,102 +80,105 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14011</t>
+  </si>
+  <si>
+    <t>Labeling for Domestic Lighting</t>
+  </si>
+  <si>
+    <t>This policy is under development and will cover labeling requirements for domestic lighting.</t>
+  </si>
+  <si>
+    <t>Chile</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Under development</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>Ministry of Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/labeling-domestic-lighting</t>
+  </si>
+  <si>
+    <t>https://energia.gob.cl/consultas-publicas/especificaciones-tecnicas-para-el-diseno-de-la-etiqueta-de-eficiencia-energetica-para-lamparas-de-uso-domestico</t>
+  </si>
+  <si>
+    <t>Resolution No. 10/2020 - Minimum Efficiency Standard for Interior Lighting</t>
+  </si>
+  <si>
+    <t>Minimum energy performance standard for general lighting.</t>
+  </si>
+  <si>
     <t>Entered into force, Revised</t>
-  </si>
-[...49 lines deleted...]
-    <t>Minimum energy performance standard for general lighting.</t>
   </si>
   <si>
     <t>IEC 60064/2005 /  IEC 60969 (2001) /  IEC 60081 (2002) / IEC 60901 (2001) / IEC 60357:2002-11 / IEC 62612:2018-08</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-102020-minimum-efficiency-standard-interior-lighting</t>
   </si>
   <si>
     <t>https://www.ingcer.cl/wp-content/uploads/2020/08/FIJA-EST%C3%81NDAR-M%C3%8DNIMO-DE-EFICIENCIAE.pdf</t>
   </si>
   <si>
     <t>Resolution No. 71 - Labeling for Tungsten Halogen Lamps</t>
   </si>
   <si>
     <t>This protocol provides specifications for energy efficiency labeling for tungsten halogen lamps.</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>IEC 60357:2002-11 / IEC 60357 Amend. 1:2006-04 / IEC 60357 Amend. 2:2008-10</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-71-labeling-tungsten-halogen-lamps</t>
   </si>
@@ -694,128 +697,128 @@
       </c>
       <c r="P3" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>38</v>
       </c>
       <c r="B4" t="s">
         <v>39</v>
       </c>
       <c r="C4" t="s">
         <v>31</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="H4">
         <v>2013</v>
       </c>
       <c r="I4">
         <v>2020</v>
       </c>
       <c r="J4" t="s">
         <v>34</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M4" t="s">
         <v>35</v>
       </c>
       <c r="N4" t="s">
         <v>26</v>
       </c>
       <c r="O4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="P4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C5" t="s">
         <v>31</v>
       </c>
       <c r="D5" t="s">
         <v>19</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>32</v>
       </c>
       <c r="G5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="H5">
         <v>2011</v>
       </c>
       <c r="I5">
         <v>2015</v>
       </c>
       <c r="J5" t="s">
         <v>34</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="M5" t="s">
         <v>35</v>
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
       <c r="O5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="P5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">