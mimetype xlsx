--- v0 (2025-11-08)
+++ v1 (2026-01-02)
@@ -168,57 +168,57 @@
   <si>
     <t>Portable Heaters, Boilers and Furnaces</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151186-24-april-2015-supplementing-directive-201030eu</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1186-20170307</t>
   </si>
   <si>
-    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015</t>
+    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of solid fuel boilers and packages of a solid fuel boiler, supplementary heaters, temperature controls and solar devices</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151187-27-april-2015</t>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151187-27-april-2015-commission-delegated-regulation</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1187-20170307</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) No 1254/2014 of 11 July 2014 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of residential ventilation units</t>
   </si>
   <si>
     <t>non-residential ventilation unit -NRVU; means a ventilation unit where the maximum flow rate of the ventilation unit exceeds 250 m3 per hour; and; where the maximum flow rate is between 250 and 1 000 m3 per hour; the manufacturer has not declared its intended use as being exclusively for a residential ventilation application.
 This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
   </si>
   <si>
     <t>Exhaust Fans</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>EN 308:1997</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-12542014-11-july-2014-supplementing-directive</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1254-20200730</t>