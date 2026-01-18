--- v0 (2025-11-09)
+++ v1 (2026-01-18)
@@ -128,72 +128,72 @@
   <si>
     <t>GB 26920.3-2019 Minimum allowable values of energy efficiency and energy efficiency grades for commercial refrigerating appliances—Part 3: Refrigerated beverage vending machines</t>
   </si>
   <si>
     <t>This policy covers refrigerated beverage vending machines.</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>GB/T 21001.2; GB/T 28493; ISO 9050</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-269203-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CAD4A5E05397BE0A0AD02D</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -707,51 +707,51 @@
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>38</v>
       </c>
       <c r="B4" t="s">
         <v>39</v>
       </c>
       <c r="C4" t="s">
         <v>40</v>
       </c>
       <c r="D4" t="s">
         <v>41</v>
       </c>
       <c r="E4" t="s">
         <v>32</v>
       </c>
       <c r="F4" t="s">
         <v>42</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
         <v>43</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>44</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>45</v>
       </c>
       <c r="P4" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>47</v>