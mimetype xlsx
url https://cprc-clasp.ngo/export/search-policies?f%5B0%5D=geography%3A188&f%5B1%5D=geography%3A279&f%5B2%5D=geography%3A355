--- v0 (2025-11-28)
+++ v1 (2026-01-25)
@@ -2441,51 +2441,51 @@
       </c>
       <c r="P23" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
         <v>132</v>
       </c>
       <c r="B24" t="s">
         <v>133</v>
       </c>
       <c r="C24" t="s">
         <v>98</v>
       </c>
       <c r="D24" t="s">
         <v>134</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>68</v>
       </c>
       <c r="G24" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H24">
         <v>2021</v>
       </c>
       <c r="I24">
         <v>2024</v>
       </c>
       <c r="J24" t="s">
         <v>135</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
         <v>136</v>
       </c>
       <c r="M24" t="s">
         <v>101</v>
       </c>
       <c r="N24" t="s">
         <v>26</v>
       </c>
       <c r="O24" t="s">
         <v>137</v>
       </c>