--- v0 (2025-11-07)
+++ v1 (2025-12-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -111,152 +111,133 @@
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>MS ISO 5151:2012
 ,   
                     ISO 5151:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-air-conditioner</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/07-20250415%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fan</t>
-[...24 lines deleted...]
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Fans</t>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
   </si>
   <si>
     <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
 (b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
 (c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
 (d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
 (e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>MS 1220:2010</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-fans</t>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Guide On Minimum Energy Performance Standard Requirements for Air Conditioner with Cooling Capacity ≤ 7.1kw</t>
   </si>
   <si>
     <t>This guide specifies the minimum energy performance standard (MEPS) and energy labeling requirements for single-phase non-ducted single split wall mounted type vapour compression air conditioners with cooling capacity up to 7.1 kW.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>ISO 16358-1:2013, MS ISO 5151:2012 MS ISO 5151:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cooling-capacity</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-Guide%20on%20MEPS%20for%20AC%20(UPDATED).pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
     <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
   </si>
   <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
+    <t>MS 2574:2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-fans</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
+  </si>
+  <si>
+    <t>PE No 1/26/2</t>
+  </si>
+  <si>
+    <t>This protocol provides specifications for single phase air conditioners, of the direct expansion refrigeration type, single or multi-split units, non-ducted, up to a cooling capacity of 12 kW (42000 Btu/h) and condensation by air.</t>
+  </si>
+  <si>
+    <t>Chile</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...19 lines deleted...]
-    <t>Comparative Label</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>NCh 3081: 2007</t>
   </si>
   <si>
     <t>Superintendencia de Electricidad y Combustibles (SEC) -Fuel and Electricity Sup…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pe-no-1262</t>
   </si>
   <si>
     <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_ELECTRICIDAD/PE_1-26-2.PDF</t>
   </si>
   <si>
     <t>Resolution No. 4 - Minimum Efficiency Standard for Air Conditioners</t>
   </si>
   <si>
     <t>This policy covers the minimum energy performance standard (MEPS) for air conditioners.</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
@@ -599,51 +580,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P8"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="127.255" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="297.213" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="61.271" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="359.769" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -700,367 +681,315 @@
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
         <v>2013</v>
       </c>
-      <c r="I2">
-[...1 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
         <v>2013</v>
       </c>
       <c r="I3">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="M3" t="s">
         <v>26</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="P3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B4" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C4" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="D4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H4">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="I4">
-        <v>2025</v>
+        <v>2018</v>
       </c>
       <c r="J4" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="M4" t="s">
         <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="P4" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B5" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="C5" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="D5" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
       <c r="H5">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="M5" t="s">
         <v>26</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="P5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C6" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
       <c r="D6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>21</v>
+        <v>55</v>
       </c>
       <c r="G6" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="H6">
-        <v>2013</v>
+        <v>2011</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="M6" t="s">
-        <v>26</v>
+        <v>59</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="P6" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="B7" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="C7" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="D7" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="G7" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="H7">
-        <v>2011</v>
+        <v>2018</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="M7" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="P7" t="s">
-        <v>65</v>
-[...28 lines deleted...]
-      <c r="J8" t="s">
         <v>69</v>
-      </c>
-[...16 lines deleted...]
-        <v>73</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">