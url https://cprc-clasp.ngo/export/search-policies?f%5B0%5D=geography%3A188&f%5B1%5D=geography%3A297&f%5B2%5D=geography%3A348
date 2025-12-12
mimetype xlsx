--- v0 (2025-10-10)
+++ v1 (2025-12-12)
@@ -12,458 +12,608 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="123">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="172">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Gaceta Oficial No. 40.370 de fecha 12 de marzo de 2014</t>
   </si>
   <si>
+    <t>Incandescent lamps subject to the fulfillment of this resolution, have the following: conventional type, with voltage exceeding 100 V and whose power is greater than or equal to 25 W.</t>
+  </si>
+  <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gaceta-oficial-no-40370-de-fecha-12-de-marzo-de-2014</t>
   </si>
   <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/resolucion_conjunta_47_energia_12_mar_2014.pdf</t>
+  </si>
+  <si>
     <t>Joint Resolution No. 031 and 089, 2013</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>ISO 15502:2005,IEC 60335-2-24:2007</t>
   </si>
   <si>
     <t>Ministerio de Poder Popular para la Energia Electrica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/joint-resolution-no-031-and-089-2013</t>
   </si>
   <si>
+    <t>https://www.tuv-sud.cn/cn-en/resource-centre/publications/e-ssentials-newsletter/consumer-products-retail/vol.-81/venezuela-energy-efficiency-labelling</t>
+  </si>
+  <si>
     <t>Labeling for Domestic Lighting</t>
   </si>
   <si>
+    <t>This policy is under development and will cover labeling requirements for domestic lighting.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/labeling-domestic-lighting</t>
   </si>
   <si>
+    <t>https://energia.gob.cl/consultas-publicas/especificaciones-tecnicas-para-el-diseno-de-la-etiqueta-de-eficiencia-energetica-para-lamparas-de-uso-domestico</t>
+  </si>
+  <si>
     <t>MEPS for Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This policy references AS/NZS 4847.2:2010, which specifies minimum energy performance requirements for self-ballasted lamps for general lighting services, and AS/NZS 4782.3(Int):2006, which defines performance requirements for double-capped fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Samoa*</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>AS/NZS 4847.2:2010</t>
   </si>
   <si>
     <t>Samoa Ministry of Finance</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.mof.gov.ws/wp-content/uploads/2019/08/Energy-Regulation.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Fluorescent Lamp Ballasts</t>
   </si>
   <si>
+    <t>This policy references AS/NZ 4783.2-2002, which specifies the classification, labeling, and minimum energy performance requirements for ballasts for linear fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>AS/NZ 4783.1:2001</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-fluorescent-lamp-ballasts</t>
   </si>
   <si>
     <t>MEPS for Incandescent Lamps</t>
   </si>
   <si>
+    <t>This policy specifies requirements for Minimum Energy Performance Standards (MEPS), maximum wattage and other requirements for incandescent lamps, both tungsten filament and tungsten halogen. This policy references standard AS 4934.2-2011.</t>
+  </si>
+  <si>
     <t>AS/NZS 4934.1-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-incandescent-lamps-0</t>
   </si>
   <si>
     <t>MEPS for Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This policy references AS/NZS 4782.2:2004, which specifies performance and energy efficiency specifications for tubular fluorescent lamps of length 550 mm to 1500 mm both inclusive with wattage of 16 watts or more that are within the scope of AS/NZS 4782.1. Modified adoption of, and reproduced from, IEC 61347-2-11:2001.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>AS/NZS 4782.2:2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-linear-fluorescent-lamps</t>
   </si>
   <si>
     <t>PE No 1/26/2</t>
   </si>
   <si>
+    <t>This protocol provides specifications for single phase air conditioners, of the direct expansion refrigeration type, single or multi-split units, non-ducted, up to a cooling capacity of 12 kW (42000 Btu/h) and condensation by air.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>NCh 3081: 2007</t>
   </si>
   <si>
     <t>Superintendencia de Electricidad y Combustibles (SEC) -Fuel and Electricity Sup…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pe-no-1262</t>
   </si>
   <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_ELECTRICIDAD/PE_1-26-2.PDF</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Aparatos De Refrigeracion Y Congelacion</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>The document contains technical regulation for  energy efficiency labeling for refrigeration and freezing appliances</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>IEC 60335-2-24:2007,ISO 15502:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-aparatos-de-refrigeracion-y-congelacion</t>
   </si>
   <si>
+    <t>http://www.sencamer.gob.ve/publicos/descargas/pdf/consumo-eficiente.pdf</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico De Luminarias LED 112</t>
   </si>
   <si>
+    <t>street lighting</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-de-luminarias-led-112</t>
   </si>
   <si>
+    <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20tecnico%20de%20luminarias%20LED_112.pdf</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Etiquetado De EE Lamparas Fluroescentes</t>
   </si>
   <si>
+    <t>Linear (tube) fluorescent, Circular, Rectilinear , compact; linear; circular fluorescent lamps</t>
+  </si>
+  <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>CIE 84 1989,IEC 60901:2001,IEC 60969:2001</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-etiquetado-de-ee-lamparas-fluroescentes</t>
   </si>
   <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/res_conj_019.pdf</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Resolucion Aires Acondicionados</t>
   </si>
   <si>
+    <t>Regulation only applies to air conditioners and air-cooled condenser with a capacity of less than or equal to 35 kW</t>
+  </si>
+  <si>
     <t>ISO 5151:2010,IEC 60335-1 Edition 5.0,ISO 13253:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-resolucion-aires-acondicionados</t>
   </si>
   <si>
+    <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20Tecnico%20Resolucion%20Aires%20Acondicionados.pdf</t>
+  </si>
+  <si>
     <t>Resolution No. 10/2020 - Minimum Efficiency Standard for Interior Lighting</t>
   </si>
   <si>
+    <t>Minimum energy performance standard for general lighting.</t>
+  </si>
+  <si>
     <t>IEC 60064/2005 /  IEC 60969 (2001) /  IEC 60081 (2002) / IEC 60901 (2001) / IEC 60357:2002-11 / IEC 62612:2018-08</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-102020-minimum-efficiency-standard-interior-lighting</t>
   </si>
   <si>
+    <t>https://www.ingcer.cl/wp-content/uploads/2020/08/FIJA-EST%C3%81NDAR-M%C3%8DNIMO-DE-EFICIENCIAE.pdf</t>
+  </si>
+  <si>
     <t>Resolution No. 1334 - Minimum Efficiency Standard for Domestic Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This policy provides specifications for energy efficiency performance and labeling for refrigerators, freezers and refrigerators-freezers. It originally covered lighting products, which now have their own separate policy.</t>
+  </si>
+  <si>
     <t>PE Nº 5/06/2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-1334-minimum-efficiency-standard-domestic-refrigerators-and-freezers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=254060</t>
+  </si>
+  <si>
     <t>Resolution No. 3199 - Labeling for Electronics in Standby Mode</t>
   </si>
   <si>
+    <t>Specifies labeling requirements for the following products in standby mode: microwave ovens, televisions, decoder (translation: decodificador), DVD player, Blu-ray player, and music equipment (mini and micro components).</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>NCh3107.Of2008 / IEC 62301:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-3199-labeling-electronics-standby-mode</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1167667</t>
+  </si>
+  <si>
     <t>Resolution No. 4 - Minimum Efficiency Standard for Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers the minimum energy performance standard (MEPS) for air conditioners.</t>
+  </si>
+  <si>
     <t>ISO 5151:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-4-minimum-efficiency-standard-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1115032</t>
+  </si>
+  <si>
     <t>Resolution No. 54 - Labeling for Instantaneous Gas Water Heaters</t>
   </si>
   <si>
+    <t>This policy applies to instantaneous gas water heaters.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>SEC PC N° 6/1-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-54-labeling-instantaneous-gas-water-heaters</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?i=1104856&amp;f=2017-07-04</t>
+  </si>
+  <si>
     <t>Resolution No. 6 - Labeling for Clothes Dryers</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for clothes dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>IEC 61121:2012-04</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-6-labeling-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100325</t>
+  </si>
+  <si>
     <t>Resolution No. 69 - Labeling for Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>Labeling for gas cooking appliances.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>SEC PC Nº7/1-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-69-labeling-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_COMBUSTIBLES/PC_7-1_2.PDF</t>
+  </si>
+  <si>
     <t>Resolution No. 7 - Labeling for Televisions</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for televisions.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-7-labeling-televisions</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100326</t>
+  </si>
+  <si>
     <t>Resolution No. 70 - Labeling for Clothes Washers</t>
   </si>
   <si>
+    <t>This protocol provides specifications for certifying efficiency of clothes washers for domestic use, with or without heating devices, operating with cold or hot water.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>SEC PE Nº1/06/2 / UNIT 1171:2010 / UNIT 1171:2010 / IRAM 2141-3 (2010)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-70-labeling-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1073368</t>
+  </si>
+  <si>
     <t>Resolution No. 71 - Labeling for Tungsten Halogen Lamps</t>
   </si>
   <si>
+    <t>This protocol provides specifications for energy efficiency labeling for tungsten halogen lamps.</t>
+  </si>
+  <si>
     <t>IEC 60357:2002-11 / IEC 60357 Amend. 1:2006-04 / IEC 60357 Amend. 2:2008-10</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-71-labeling-tungsten-halogen-lamps</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1073369</t>
+  </si>
+  <si>
     <t>Resolution No. 74 - Minimum Efficiency Standard for Domestic Refrigerators</t>
   </si>
   <si>
+    <t>This policy covers the minimum energy performance standard (MEPS) for domestic refrigerators.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>NCh3000.Of2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-74-minimum-efficiency-standard-domestic-refrigerators</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?i=1073371&amp;f=2015-01-10&amp;p=</t>
+  </si>
+  <si>
     <t>Resolution No. 8 - Labeling for Dishwashers</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for electric dishwashers.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IEC 60436:2012-04</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-8-labeling-dishwashers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100327</t>
+  </si>
+  <si>
     <t>Samoa Energy Efficiency (Approved Energy Using Products Standards) Regulations 2018</t>
   </si>
   <si>
+    <t>This regulation specifies the MEPS, labeling requirements, and test methods for:
+1) Non-ducted air conditioners including single phase and 3-phase up to 65kW rated cooling capacity, including air-source heat pumps but not water-source heat pumps, and
+2) Household refrigerating appliances which operate using the vapour compression cycle and use mains electricity (230|240 Volts at 50Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/samoa-energy-efficiency-approved-energy-using-products-standards-regulations-2018</t>
+  </si>
+  <si>
+    <t>https://www.mof.gov.ws/samoa-energy-efficiency/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -727,1195 +877,1354 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N26"/>
+  <dimension ref="A1:P26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="106" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="135" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="106.117" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="379.764" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="134.396" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="135.538" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="181.527" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2014</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2"/>
+      <c r="N2" t="s">
+        <v>25</v>
+      </c>
+      <c r="O2" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2014</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>31</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>32</v>
+      </c>
+      <c r="M3" t="s">
+        <v>33</v>
+      </c>
+      <c r="N3" t="s">
+        <v>25</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>39</v>
+      </c>
+      <c r="G4" t="s">
+        <v>40</v>
+      </c>
+      <c r="H4"/>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>42</v>
+      </c>
+      <c r="N4" t="s">
+        <v>25</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>47</v>
+      </c>
+      <c r="D5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2018</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M5" t="s">
+        <v>51</v>
+      </c>
+      <c r="N5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>47</v>
+      </c>
+      <c r="D6" t="s">
+        <v>56</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2018</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>49</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>57</v>
+      </c>
+      <c r="M6" t="s">
+        <v>51</v>
+      </c>
+      <c r="N6" t="s">
+        <v>25</v>
+      </c>
+      <c r="O6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
+        <v>47</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2018</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>49</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>61</v>
+      </c>
+      <c r="M7" t="s">
+        <v>51</v>
+      </c>
+      <c r="N7" t="s">
+        <v>25</v>
+      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" t="s">
+        <v>47</v>
+      </c>
+      <c r="D8" t="s">
+        <v>65</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2018</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>49</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>66</v>
+      </c>
+      <c r="M8" t="s">
+        <v>51</v>
+      </c>
+      <c r="N8" t="s">
+        <v>25</v>
+      </c>
+      <c r="O8" t="s">
+        <v>67</v>
+      </c>
+      <c r="P8" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>68</v>
+      </c>
+      <c r="B9" t="s">
+        <v>69</v>
+      </c>
+      <c r="C9" t="s">
+        <v>38</v>
+      </c>
+      <c r="D9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>39</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2011</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>71</v>
+      </c>
+      <c r="M9" t="s">
+        <v>72</v>
+      </c>
+      <c r="N9" t="s">
+        <v>25</v>
+      </c>
+      <c r="O9" t="s">
+        <v>73</v>
+      </c>
+      <c r="P9" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>75</v>
+      </c>
+      <c r="B10" t="s">
+        <v>76</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>39</v>
+      </c>
+      <c r="G10" t="s">
+        <v>77</v>
+      </c>
+      <c r="H10">
+        <v>2005</v>
+      </c>
+      <c r="I10">
+        <v>2013</v>
+      </c>
+      <c r="J10" t="s">
+        <v>78</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>79</v>
+      </c>
+      <c r="M10" t="s">
+        <v>33</v>
+      </c>
+      <c r="N10" t="s">
+        <v>25</v>
+      </c>
+      <c r="O10" t="s">
+        <v>80</v>
+      </c>
+      <c r="P10" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>82</v>
+      </c>
+      <c r="B11" t="s">
+        <v>83</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>84</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>39</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
         <v>2014</v>
       </c>
-      <c r="H2"/>
-[...3 lines deleted...]
-      <c r="J2" t="s">
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>33</v>
+      </c>
+      <c r="N11" t="s">
+        <v>25</v>
+      </c>
+      <c r="O11" t="s">
+        <v>85</v>
+      </c>
+      <c r="P11" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>87</v>
+      </c>
+      <c r="B12" t="s">
+        <v>88</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>48</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>89</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2015</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>31</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>90</v>
+      </c>
+      <c r="M12" t="s">
+        <v>33</v>
+      </c>
+      <c r="N12" t="s">
+        <v>25</v>
+      </c>
+      <c r="O12" t="s">
+        <v>91</v>
+      </c>
+      <c r="P12" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>93</v>
+      </c>
+      <c r="B13" t="s">
+        <v>94</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>70</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>89</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2012</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>95</v>
+      </c>
+      <c r="M13" t="s">
+        <v>33</v>
+      </c>
+      <c r="N13" t="s">
+        <v>25</v>
+      </c>
+      <c r="O13" t="s">
+        <v>96</v>
+      </c>
+      <c r="P13" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>98</v>
+      </c>
+      <c r="B14" t="s">
+        <v>99</v>
+      </c>
+      <c r="C14" t="s">
+        <v>38</v>
+      </c>
+      <c r="D14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...1 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G14" t="s">
+        <v>77</v>
+      </c>
+      <c r="H14">
+        <v>2013</v>
+      </c>
+      <c r="I14">
+        <v>2020</v>
+      </c>
+      <c r="J14" t="s">
+        <v>41</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>100</v>
+      </c>
+      <c r="M14" t="s">
+        <v>42</v>
+      </c>
+      <c r="N14" t="s">
+        <v>25</v>
+      </c>
+      <c r="O14" t="s">
+        <v>101</v>
+      </c>
+      <c r="P14" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>103</v>
+      </c>
+      <c r="B15" t="s">
+        <v>104</v>
+      </c>
+      <c r="C15" t="s">
+        <v>38</v>
+      </c>
+      <c r="D15" t="s">
+        <v>30</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>39</v>
+      </c>
+      <c r="G15" t="s">
         <v>22</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="H15">
+        <v>2007</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>41</v>
+      </c>
+      <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="B3" t="s">
-[...11 lines deleted...]
-      <c r="F3" t="s">
+      <c r="L15" t="s">
+        <v>105</v>
+      </c>
+      <c r="M15" t="s">
+        <v>42</v>
+      </c>
+      <c r="N15" t="s">
+        <v>25</v>
+      </c>
+      <c r="O15" t="s">
+        <v>106</v>
+      </c>
+      <c r="P15" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>108</v>
+      </c>
+      <c r="B16" t="s">
+        <v>109</v>
+      </c>
+      <c r="C16" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" t="s">
+        <v>110</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>39</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2011</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>41</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>111</v>
+      </c>
+      <c r="M16" t="s">
+        <v>42</v>
+      </c>
+      <c r="N16" t="s">
+        <v>25</v>
+      </c>
+      <c r="O16" t="s">
+        <v>112</v>
+      </c>
+      <c r="P16" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>114</v>
+      </c>
+      <c r="B17" t="s">
+        <v>115</v>
+      </c>
+      <c r="C17" t="s">
+        <v>38</v>
+      </c>
+      <c r="D17" t="s">
+        <v>70</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2018</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>41</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>116</v>
+      </c>
+      <c r="M17" t="s">
+        <v>42</v>
+      </c>
+      <c r="N17" t="s">
+        <v>25</v>
+      </c>
+      <c r="O17" t="s">
+        <v>117</v>
+      </c>
+      <c r="P17" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>119</v>
+      </c>
+      <c r="B18" t="s">
+        <v>120</v>
+      </c>
+      <c r="C18" t="s">
+        <v>38</v>
+      </c>
+      <c r="D18" t="s">
+        <v>121</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>39</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2017</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>41</v>
+      </c>
+      <c r="K18" t="s">
+        <v>122</v>
+      </c>
+      <c r="L18" t="s">
+        <v>123</v>
+      </c>
+      <c r="M18" t="s">
+        <v>42</v>
+      </c>
+      <c r="N18" t="s">
+        <v>25</v>
+      </c>
+      <c r="O18" t="s">
+        <v>124</v>
+      </c>
+      <c r="P18" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>126</v>
+      </c>
+      <c r="B19" t="s">
+        <v>127</v>
+      </c>
+      <c r="C19" t="s">
+        <v>38</v>
+      </c>
+      <c r="D19" t="s">
+        <v>128</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>39</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2017</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>41</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>129</v>
+      </c>
+      <c r="M19" t="s">
+        <v>42</v>
+      </c>
+      <c r="N19" t="s">
+        <v>25</v>
+      </c>
+      <c r="O19" t="s">
+        <v>130</v>
+      </c>
+      <c r="P19" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>132</v>
+      </c>
+      <c r="B20" t="s">
+        <v>133</v>
+      </c>
+      <c r="C20" t="s">
+        <v>38</v>
+      </c>
+      <c r="D20" t="s">
+        <v>134</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>39</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2014</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>41</v>
+      </c>
+      <c r="K20" t="s">
+        <v>122</v>
+      </c>
+      <c r="L20" t="s">
+        <v>135</v>
+      </c>
+      <c r="M20" t="s">
+        <v>42</v>
+      </c>
+      <c r="N20" t="s">
+        <v>25</v>
+      </c>
+      <c r="O20" t="s">
+        <v>136</v>
+      </c>
+      <c r="P20" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>138</v>
+      </c>
+      <c r="B21" t="s">
+        <v>139</v>
+      </c>
+      <c r="C21" t="s">
+        <v>38</v>
+      </c>
+      <c r="D21" t="s">
+        <v>140</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>39</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2017</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>41</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>141</v>
+      </c>
+      <c r="M21" t="s">
+        <v>42</v>
+      </c>
+      <c r="N21" t="s">
+        <v>25</v>
+      </c>
+      <c r="O21" t="s">
+        <v>142</v>
+      </c>
+      <c r="P21" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>144</v>
+      </c>
+      <c r="B22" t="s">
+        <v>145</v>
+      </c>
+      <c r="C22" t="s">
+        <v>38</v>
+      </c>
+      <c r="D22" t="s">
+        <v>146</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>39</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2015</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>41</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>147</v>
+      </c>
+      <c r="M22" t="s">
+        <v>42</v>
+      </c>
+      <c r="N22" t="s">
+        <v>25</v>
+      </c>
+      <c r="O22" t="s">
+        <v>148</v>
+      </c>
+      <c r="P22" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>150</v>
+      </c>
+      <c r="B23" t="s">
+        <v>151</v>
+      </c>
+      <c r="C23" t="s">
+        <v>38</v>
+      </c>
+      <c r="D23" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
-[...6 lines deleted...]
-      <c r="J3" t="s">
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>39</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2011</v>
+      </c>
+      <c r="I23">
+        <v>2015</v>
+      </c>
+      <c r="J23" t="s">
+        <v>41</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>152</v>
+      </c>
+      <c r="M23" t="s">
+        <v>42</v>
+      </c>
+      <c r="N23" t="s">
+        <v>25</v>
+      </c>
+      <c r="O23" t="s">
+        <v>153</v>
+      </c>
+      <c r="P23" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>155</v>
+      </c>
+      <c r="B24" t="s">
+        <v>156</v>
+      </c>
+      <c r="C24" t="s">
+        <v>38</v>
+      </c>
+      <c r="D24" t="s">
+        <v>157</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...5 lines deleted...]
-      <c r="M3" t="s">
+      <c r="G24" t="s">
         <v>22</v>
       </c>
-      <c r="N3" t="s">
-[...34 lines deleted...]
-      <c r="M4" t="s">
+      <c r="H24">
+        <v>2015</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>41</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>158</v>
+      </c>
+      <c r="M24" t="s">
+        <v>42</v>
+      </c>
+      <c r="N24" t="s">
+        <v>25</v>
+      </c>
+      <c r="O24" t="s">
+        <v>159</v>
+      </c>
+      <c r="P24" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>161</v>
+      </c>
+      <c r="B25" t="s">
+        <v>162</v>
+      </c>
+      <c r="C25" t="s">
+        <v>38</v>
+      </c>
+      <c r="D25" t="s">
+        <v>163</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>39</v>
+      </c>
+      <c r="G25" t="s">
         <v>22</v>
       </c>
-      <c r="N4" t="s">
-[...10 lines deleted...]
-      <c r="C5" t="s">
+      <c r="H25">
+        <v>2017</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>41</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>164</v>
+      </c>
+      <c r="M25" t="s">
+        <v>42</v>
+      </c>
+      <c r="N25" t="s">
+        <v>25</v>
+      </c>
+      <c r="O25" t="s">
+        <v>165</v>
+      </c>
+      <c r="P25" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>167</v>
+      </c>
+      <c r="B26" t="s">
+        <v>168</v>
+      </c>
+      <c r="C26" t="s">
+        <v>47</v>
+      </c>
+      <c r="D26" t="s">
+        <v>169</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
         <v>39</v>
       </c>
-      <c r="D5" t="s">
-[...8 lines deleted...]
-      <c r="G5">
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
         <v>2018</v>
       </c>
-      <c r="H5"/>
-[...104 lines deleted...]
-      <c r="A8" t="s">
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>78</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
         <v>51</v>
       </c>
-      <c r="B8" t="s">
-[...790 lines deleted...]
-      </c>
       <c r="N26" t="s">
-        <v>122</v>
+        <v>25</v>
+      </c>
+      <c r="O26" t="s">
+        <v>170</v>
+      </c>
+      <c r="P26" t="s">
+        <v>171</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>