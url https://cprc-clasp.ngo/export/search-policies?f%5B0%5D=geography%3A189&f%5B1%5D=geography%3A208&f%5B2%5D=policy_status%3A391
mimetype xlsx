--- v0 (2025-11-28)
+++ v1 (2026-01-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="223">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="214">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -104,272 +104,242 @@
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
-    <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
-[...5 lines deleted...]
-    <t>Refrigerators-Freezers, Freezers-only</t>
+    <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
-  </si>
-[...22 lines deleted...]
-    <t>Comparative Label</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
     <t>http://eos.org.eg/en/standard/14613</t>
   </si>
   <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
     <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14798</t>
   </si>
   <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
     <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
-[...1 lines deleted...]
-  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4472</t>
   </si>
   <si>
-    <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
-[...2 lines deleted...]
-    <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
+    <t>CES 140:2015 Off-grid solar photovoltaic lighting kits - requirements</t>
+  </si>
+  <si>
+    <t>standalone off-grid solar products</t>
+  </si>
+  <si>
+    <t>Ethiopia</t>
+  </si>
+  <si>
+    <t>Solar Energy Kits</t>
+  </si>
+  <si>
+    <t>Quality Standard</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>IEC TS 62257-9-5</t>
+  </si>
+  <si>
+    <t>Ethiopian Standards Agency</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Off-Grid</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ces-1402015-grid-solar-photovoltaic-lighting-kits-requirements</t>
+  </si>
+  <si>
+    <t>https://rise.esmap.org/data/files/library/ethiopia/Ethiopia%20Energy%20Performance%20Standards%20for%20lamps.pdf</t>
+  </si>
+  <si>
+    <t>DKS 2464-2:2020 Performance of household electrical Appliances — Refrigerating appliances; Part 2: Minimum energy performance standard requirements</t>
+  </si>
+  <si>
+    <t>These standards apply to household and similar refrigerating appliances cooled by internal natural convection or forced air circulation. They replace KS 2464-1,2:2013.</t>
+  </si>
+  <si>
+    <t>Kenya</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>Kenya Bureau of Standards (KEBS)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/dks-2464-22020-performance-household-electrical-appliances-refrigerating-appliances-part-2</t>
+  </si>
+  <si>
+    <t>https://www.kebs.org/index.php?option=com_content&amp;view=category&amp;id=66&amp;Itemid=526</t>
+  </si>
+  <si>
+    <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
+  </si>
+  <si>
+    <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
+  </si>
+  <si>
+    <t>Mauritius</t>
+  </si>
+  <si>
+    <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>MS 201</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Management Office</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
+  </si>
+  <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
+  </si>
+  <si>
+    <t>KS 2446-1:2013 Self ballasted lamps for general lighting services Part 1: Minimum energy performance standards requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies minimum energy performance standards requirements and related attributes for self ballasted compact fluorescent lamps -CFLs.</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
-[...91 lines deleted...]
-  <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>KS 2446-2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ks-2446-12013-self-ballasted-lamps-general-lighting-services-part-1-minimum-energy</t>
   </si>
   <si>
     <t>http://www.puntofocal.gov.ar/notific_otros_miembros/ken358_t.pdf</t>
   </si>
   <si>
     <t>KS 2447-1:2013 Performance of electrical lighting equipment- Ballasts for fluorescent lamps Part 1: Energy labeling and minimum energy performance standards requirements</t>
   </si>
   <si>
     <t>Specifies requirements for the classsification of ballasts for a range of fluorescent lamp types according to their energy efficiency index</t>
   </si>
   <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>KS 2447-2:2013</t>
@@ -423,50 +393,53 @@
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>GS 324:2003</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-1815-energy-efficiency-standards-and-labelling-regulations-non-ducted-air-conditioners</t>
   </si>
   <si>
     <t>http://www.energycom.gov.gh/files/LI_1815.pdf</t>
   </si>
   <si>
     <t>Law 2004-72 and Decree 2004-2145; Amended by Law 2009-07</t>
   </si>
   <si>
     <t>In the framework of the ENPI CBC programmes, including a privileged instrument of cooperation for the institutional capacity-building of ENPI countries, Tunisia decided to largely harmonize the product categories and label efficiency thresholds with those in place in the EU. Since September 2004, Tunisian law requires the display of an EU-style energy label for refrigerators, freezers, and refrigerator-freezers (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From January 2010 onwards, the lowest three energy classes (6,7 and 8) have been banned from the Tunisian market, followed in January 2011 7 with the banning of classes 5 and  January 2012 class 4 has been likewise banned from the Tunisian market.</t>
   </si>
   <si>
     <t>Tunisia</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>EN 153</t>
   </si>
   <si>
     <t>National Agency for Energy Conservation (ANME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
   </si>
   <si>
     <t>http://www.rcreee.org/sites/default/files/tunisia_ee_fact_sheet_print.pdf</t>
   </si>
   <si>
     <t>This policy covers cooling appliances: refrigerators and air conditioners. It requires the use of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters) on refrigerators.</t>
   </si>
   <si>
     <t>Air Conditioning, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07-0</t>
   </si>
@@ -1042,65 +1015,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P33"/>
+  <dimension ref="A1:P31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="261.793" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1232.699" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="222.803" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="182.813" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1185,1561 +1158,1463 @@
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H3">
         <v>2003</v>
       </c>
       <c r="I3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="J3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="M3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="P3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="J4" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
         <v>42</v>
       </c>
       <c r="M4" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>43</v>
       </c>
       <c r="P4" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>45</v>
       </c>
       <c r="B5" t="s">
         <v>46</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="J5" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="L5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>48</v>
       </c>
       <c r="P5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>50</v>
       </c>
       <c r="B6" t="s">
         <v>51</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2003</v>
       </c>
       <c r="I6">
-        <v>2018</v>
+        <v>2023</v>
       </c>
       <c r="J6" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="L6"/>
+      <c r="L6" t="s">
+        <v>53</v>
+      </c>
       <c r="M6" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="P6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C7" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>58</v>
+        <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H7">
         <v>2003</v>
       </c>
       <c r="I7">
-        <v>2023</v>
+        <v>2006</v>
       </c>
       <c r="J7" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
         <v>59</v>
       </c>
       <c r="M7" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>60</v>
       </c>
       <c r="P7" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>62</v>
       </c>
       <c r="B8" t="s">
         <v>63</v>
       </c>
       <c r="C8" t="s">
-        <v>18</v>
+        <v>64</v>
       </c>
       <c r="D8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>21</v>
+        <v>66</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
-        <v>2003</v>
+        <v>2015</v>
       </c>
       <c r="I8">
-        <v>2006</v>
+        <v>2016</v>
       </c>
       <c r="J8" t="s">
-        <v>33</v>
+        <v>67</v>
       </c>
       <c r="K8" t="s">
-        <v>24</v>
+        <v>68</v>
       </c>
       <c r="L8" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="M8" t="s">
-        <v>35</v>
+        <v>70</v>
       </c>
       <c r="N8" t="s">
-        <v>27</v>
+        <v>71</v>
       </c>
       <c r="O8" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="P8" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="B9" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
+        <v>76</v>
       </c>
       <c r="D9" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
-        <v>2008</v>
+        <v>2016</v>
       </c>
       <c r="I9">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="J9" t="s">
-        <v>33</v>
+        <v>67</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>35</v>
+        <v>78</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="P9" t="s">
-        <v>72</v>
+        <v>80</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="B10" t="s">
-        <v>74</v>
+        <v>82</v>
       </c>
       <c r="C10" t="s">
-        <v>75</v>
+        <v>83</v>
       </c>
       <c r="D10" t="s">
-        <v>76</v>
+        <v>84</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>77</v>
+        <v>33</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="I10">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="J10" t="s">
-        <v>78</v>
+        <v>67</v>
       </c>
       <c r="K10" t="s">
-        <v>79</v>
+        <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="M10" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="N10" t="s">
-        <v>82</v>
+        <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="P10" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="B11" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="C11" t="s">
-        <v>87</v>
+        <v>76</v>
       </c>
       <c r="D11" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>2016</v>
       </c>
       <c r="I11">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="J11" t="s">
-        <v>78</v>
+        <v>92</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
-      <c r="L11"/>
+      <c r="L11" t="s">
+        <v>93</v>
+      </c>
       <c r="M11" t="s">
-        <v>89</v>
+        <v>78</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="P11" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="B12" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="C12" t="s">
-        <v>94</v>
+        <v>76</v>
       </c>
       <c r="D12" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="I12">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="J12" t="s">
-        <v>78</v>
+        <v>99</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="M12" t="s">
-        <v>97</v>
+        <v>78</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="P12" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="B13" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="C13" t="s">
-        <v>87</v>
+        <v>76</v>
       </c>
       <c r="D13" t="s">
-        <v>70</v>
+        <v>105</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2016</v>
       </c>
       <c r="I13">
         <v>2018</v>
       </c>
       <c r="J13" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="L13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L13"/>
       <c r="M13" t="s">
-        <v>89</v>
+        <v>78</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="P13" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B14" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C14" t="s">
-        <v>87</v>
+        <v>76</v>
       </c>
       <c r="D14" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2016</v>
       </c>
       <c r="I14">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="J14" t="s">
-        <v>109</v>
+        <v>67</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
-      <c r="L14" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L14"/>
       <c r="M14" t="s">
-        <v>89</v>
+        <v>78</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
+        <v>110</v>
+      </c>
+      <c r="P14" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
+        <v>112</v>
+      </c>
+      <c r="B15" t="s">
         <v>113</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="D15" t="s">
         <v>115</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>21</v>
+        <v>116</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
-        <v>2016</v>
+        <v>2005</v>
       </c>
       <c r="I15">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="J15" t="s">
-        <v>78</v>
+        <v>117</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="L15"/>
+      <c r="L15" t="s">
+        <v>118</v>
+      </c>
       <c r="M15" t="s">
-        <v>89</v>
+        <v>119</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="P15" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="B16" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="C16" t="s">
-        <v>87</v>
+        <v>124</v>
       </c>
       <c r="D16" t="s">
-        <v>52</v>
+        <v>125</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
-        <v>2016</v>
+        <v>2004</v>
       </c>
       <c r="I16">
-        <v>2019</v>
+        <v>2010</v>
       </c>
       <c r="J16" t="s">
-        <v>78</v>
+        <v>35</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
-      <c r="L16"/>
+      <c r="L16" t="s">
+        <v>126</v>
+      </c>
       <c r="M16" t="s">
-        <v>89</v>
+        <v>127</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="P16" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>122</v>
       </c>
       <c r="B17" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="C17" t="s">
         <v>124</v>
       </c>
       <c r="D17" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>126</v>
+        <v>116</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
-        <v>2005</v>
+        <v>2004</v>
       </c>
       <c r="I17">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="J17" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="M17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="P17" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="B18" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="C18" t="s">
-        <v>134</v>
+        <v>124</v>
       </c>
       <c r="D18" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
-        <v>2004</v>
+        <v>2009</v>
       </c>
       <c r="I18">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="J18" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
-      <c r="L18" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L18"/>
       <c r="M18" t="s">
-        <v>136</v>
+        <v>127</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
         <v>137</v>
       </c>
       <c r="P18" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="B19" t="s">
         <v>139</v>
       </c>
       <c r="C19" t="s">
-        <v>134</v>
+        <v>124</v>
       </c>
       <c r="D19" t="s">
-        <v>140</v>
+        <v>47</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>126</v>
+        <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
-        <v>2004</v>
+        <v>2010</v>
       </c>
       <c r="I19">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="J19" t="s">
-        <v>141</v>
+        <v>35</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="M19" t="s">
-        <v>136</v>
+        <v>127</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="P19" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
+        <v>142</v>
+      </c>
+      <c r="B20" t="s">
+        <v>143</v>
+      </c>
+      <c r="C20" t="s">
         <v>144</v>
       </c>
-      <c r="B20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D20" t="s">
-        <v>52</v>
+        <v>91</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="I20">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="J20" t="s">
-        <v>33</v>
+        <v>117</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>136</v>
+        <v>145</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
         <v>146</v>
       </c>
       <c r="P20" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="B21" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C21" t="s">
-        <v>134</v>
+        <v>150</v>
       </c>
       <c r="D21" t="s">
-        <v>52</v>
+        <v>65</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>21</v>
+        <v>66</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
-        <v>2010</v>
+        <v>2019</v>
       </c>
       <c r="I21">
-        <v>2012</v>
+        <v>2022</v>
       </c>
       <c r="J21" t="s">
-        <v>33</v>
+        <v>151</v>
       </c>
       <c r="K21" t="s">
-        <v>24</v>
+        <v>68</v>
       </c>
       <c r="L21" t="s">
-        <v>149</v>
+        <v>69</v>
       </c>
       <c r="M21" t="s">
-        <v>136</v>
+        <v>152</v>
       </c>
       <c r="N21" t="s">
-        <v>27</v>
+        <v>71</v>
       </c>
       <c r="O21" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="P21" t="s">
-        <v>147</v>
+        <v>154</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="B22" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="C22" t="s">
-        <v>153</v>
+        <v>83</v>
       </c>
       <c r="D22" t="s">
-        <v>70</v>
+        <v>47</v>
       </c>
       <c r="E22" t="s">
-        <v>20</v>
+        <v>157</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="I22">
-        <v>2010</v>
+        <v>2015</v>
       </c>
       <c r="J22" t="s">
-        <v>127</v>
+        <v>67</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
-      <c r="L22"/>
+      <c r="L22" t="s">
+        <v>158</v>
+      </c>
       <c r="M22" t="s">
-        <v>154</v>
+        <v>86</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="P22" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
+        <v>161</v>
+      </c>
+      <c r="B23" t="s">
+        <v>162</v>
+      </c>
+      <c r="C23" t="s">
+        <v>163</v>
+      </c>
+      <c r="D23" t="s">
+        <v>77</v>
+      </c>
+      <c r="E23" t="s">
         <v>157</v>
       </c>
-      <c r="B23" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F23" t="s">
-        <v>77</v>
+        <v>33</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
+        <v>2017</v>
+      </c>
+      <c r="I23">
         <v>2019</v>
       </c>
-      <c r="I23">
-[...1 lines deleted...]
-      </c>
       <c r="J23" t="s">
-        <v>160</v>
+        <v>151</v>
       </c>
       <c r="K23" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L23"/>
       <c r="M23" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="N23" t="s">
-        <v>82</v>
+        <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="P23" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="B24" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="C24" t="s">
-        <v>94</v>
+        <v>169</v>
       </c>
       <c r="D24" t="s">
-        <v>52</v>
+        <v>65</v>
       </c>
       <c r="E24" t="s">
-        <v>166</v>
+        <v>157</v>
       </c>
       <c r="F24" t="s">
-        <v>21</v>
+        <v>66</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="I24">
-        <v>2015</v>
+        <v>2022</v>
       </c>
       <c r="J24" t="s">
-        <v>78</v>
+        <v>151</v>
       </c>
       <c r="K24" t="s">
-        <v>24</v>
+        <v>68</v>
       </c>
       <c r="L24" t="s">
-        <v>167</v>
+        <v>69</v>
       </c>
       <c r="M24" t="s">
-        <v>97</v>
+        <v>170</v>
       </c>
       <c r="N24" t="s">
-        <v>27</v>
+        <v>71</v>
       </c>
       <c r="O24" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="P24" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="B25" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="C25" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="D25" t="s">
-        <v>88</v>
+        <v>65</v>
       </c>
       <c r="E25" t="s">
-        <v>166</v>
+        <v>157</v>
       </c>
       <c r="F25" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="I25">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="J25" t="s">
-        <v>160</v>
+        <v>151</v>
       </c>
       <c r="K25" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L25"/>
+        <v>175</v>
+      </c>
+      <c r="L25" t="s">
+        <v>69</v>
+      </c>
       <c r="M25" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="N25" t="s">
-        <v>27</v>
+        <v>71</v>
       </c>
       <c r="O25" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="P25" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B26" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C26" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D26" t="s">
-        <v>76</v>
+        <v>180</v>
       </c>
       <c r="E26" t="s">
-        <v>166</v>
+        <v>157</v>
       </c>
       <c r="F26" t="s">
-        <v>77</v>
+        <v>33</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
+        <v>2015</v>
+      </c>
+      <c r="I26">
         <v>2018</v>
       </c>
-      <c r="I26">
-[...1 lines deleted...]
-      </c>
       <c r="J26" t="s">
-        <v>160</v>
+        <v>99</v>
       </c>
       <c r="K26" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>181</v>
+      </c>
+      <c r="L26"/>
       <c r="M26" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="N26" t="s">
-        <v>82</v>
+        <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="P26" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="B27" t="s">
-        <v>183</v>
+        <v>63</v>
       </c>
       <c r="C27" t="s">
-        <v>178</v>
+        <v>186</v>
       </c>
       <c r="D27" t="s">
-        <v>76</v>
+        <v>65</v>
       </c>
       <c r="E27" t="s">
-        <v>166</v>
+        <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>77</v>
+        <v>66</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="I27">
-        <v>2022</v>
+        <v>2017</v>
       </c>
       <c r="J27" t="s">
-        <v>160</v>
+        <v>67</v>
       </c>
       <c r="K27" t="s">
-        <v>184</v>
+        <v>68</v>
       </c>
       <c r="L27" t="s">
-        <v>80</v>
+        <v>69</v>
       </c>
       <c r="M27" t="s">
-        <v>179</v>
+        <v>187</v>
       </c>
       <c r="N27" t="s">
-        <v>82</v>
+        <v>71</v>
       </c>
       <c r="O27" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="P27" t="s">
-        <v>181</v>
+        <v>189</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="B28" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="C28" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="D28" t="s">
-        <v>189</v>
+        <v>91</v>
       </c>
       <c r="E28" t="s">
-        <v>166</v>
+        <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
-        <v>2015</v>
+        <v>2010</v>
       </c>
       <c r="I28">
-        <v>2018</v>
+        <v>2014</v>
       </c>
       <c r="J28" t="s">
-        <v>109</v>
+        <v>132</v>
       </c>
       <c r="K28" t="s">
-        <v>190</v>
-[...1 lines deleted...]
-      <c r="L28"/>
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>193</v>
+      </c>
       <c r="M28" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="P28" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="B29" t="s">
-        <v>74</v>
+        <v>198</v>
       </c>
       <c r="C29" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="D29" t="s">
-        <v>76</v>
+        <v>199</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>77</v>
+        <v>116</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
-        <v>2016</v>
+        <v>2012</v>
       </c>
       <c r="I29">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="J29" t="s">
-        <v>78</v>
+        <v>132</v>
       </c>
       <c r="K29" t="s">
-        <v>79</v>
+        <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>80</v>
+        <v>200</v>
       </c>
       <c r="M29" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="N29" t="s">
-        <v>82</v>
+        <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="P29" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="B30" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="C30" t="s">
-        <v>201</v>
+        <v>192</v>
       </c>
       <c r="D30" t="s">
-        <v>70</v>
+        <v>105</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="I30">
         <v>2014</v>
       </c>
       <c r="J30" t="s">
-        <v>141</v>
+        <v>132</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="M30" t="s">
-        <v>203</v>
+        <v>194</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="P30" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B31" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="C31" t="s">
-        <v>201</v>
+        <v>83</v>
       </c>
       <c r="D31" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="E31" t="s">
-        <v>20</v>
+        <v>157</v>
       </c>
       <c r="F31" t="s">
-        <v>126</v>
+        <v>33</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="I31">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="J31" t="s">
-        <v>141</v>
+        <v>211</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
-      <c r="L31" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L31"/>
       <c r="M31" t="s">
-        <v>203</v>
+        <v>86</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="P31" t="s">
-        <v>211</v>
-[...6 lines deleted...]
-      <c r="B32" t="s">
         <v>213</v>
-      </c>
-[...88 lines deleted...]
-        <v>222</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">