--- v0 (2025-11-09)
+++ v1 (2025-12-31)
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
   </si>
   <si>
     <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, New</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/6413</t>
   </si>
   <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
     <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
   </si>