--- v0 (2025-12-14)
+++ v1 (2026-01-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="226">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="227">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -525,66 +525,69 @@
   <si>
     <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
   </si>
   <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
     <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
+    <t>MELS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-water-heater</t>
+    <t>https://cprc-clasp.ngo/policies/mels-water-heater-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Hot Water Systems</t>
   </si>
   <si>
     <t>This standard specifies the MEPS for close control air conditioners that fall in the scope of AS/NZS 4965.1.</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 4692.1:2005; NZ4602:1988; NZ4606.1:1989</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-hot-water-systems</t>
   </si>
   <si>
     <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/hot-water-systems/</t>
   </si>
@@ -2282,546 +2285,546 @@
       </c>
       <c r="P24" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
         <v>168</v>
       </c>
       <c r="B25" t="s">
         <v>169</v>
       </c>
       <c r="C25" t="s">
         <v>170</v>
       </c>
       <c r="D25" t="s">
         <v>40</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
-        <v>22</v>
+        <v>171</v>
       </c>
       <c r="H25">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="P25" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B26" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C26" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D26" t="s">
         <v>19</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>49</v>
       </c>
       <c r="G26" t="s">
         <v>32</v>
       </c>
       <c r="H26">
         <v>2003</v>
       </c>
       <c r="I26">
         <v>2018</v>
       </c>
       <c r="J26" t="s">
         <v>33</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="M26" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="P26" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B27" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C27" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D27" t="s">
         <v>40</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>49</v>
       </c>
       <c r="G27" t="s">
         <v>32</v>
       </c>
       <c r="H27">
         <v>2005</v>
       </c>
       <c r="I27">
         <v>2018</v>
       </c>
       <c r="J27" t="s">
         <v>33</v>
       </c>
       <c r="K27" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="L27" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="M27" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="P27" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B28" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C28" t="s">
         <v>170</v>
       </c>
       <c r="D28" t="s">
         <v>40</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>49</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2025</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="P28" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B29"/>
       <c r="C29" t="s">
         <v>47</v>
       </c>
       <c r="D29" t="s">
         <v>19</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>49</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2015</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
         <v>83</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
         <v>51</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="P29" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B30" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C30" t="s">
         <v>47</v>
       </c>
       <c r="D30" t="s">
         <v>19</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>101</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>2015</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
         <v>33</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
         <v>51</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="P30" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B31" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C31" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D31" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="E31" t="s">
         <v>48</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
         <v>32</v>
       </c>
       <c r="H31">
         <v>2015</v>
       </c>
       <c r="I31">
         <v>2018</v>
       </c>
       <c r="J31" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="K31" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="P31" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B32" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C32" t="s">
         <v>100</v>
       </c>
       <c r="D32" t="s">
         <v>19</v>
       </c>
       <c r="E32" t="s">
         <v>48</v>
       </c>
       <c r="F32" t="s">
         <v>101</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>2019</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
         <v>83</v>
       </c>
       <c r="K32" t="s">
         <v>34</v>
       </c>
       <c r="L32" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="M32" t="s">
         <v>104</v>
       </c>
       <c r="N32" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="O32" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="P32" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B33" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C33" t="s">
         <v>170</v>
       </c>
       <c r="D33" t="s">
         <v>19</v>
       </c>
       <c r="E33" t="s">
         <v>48</v>
       </c>
       <c r="F33" t="s">
         <v>56</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>2017</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
         <v>163</v>
       </c>
       <c r="K33" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="P33" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B34" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C34" t="s">
         <v>74</v>
       </c>
       <c r="D34" t="s">
         <v>19</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>49</v>
       </c>
       <c r="G34" t="s">
         <v>32</v>
       </c>
       <c r="H34">
         <v>2009</v>
       </c>
       <c r="I34">
         <v>2018</v>
       </c>
       <c r="J34" t="s">
         <v>77</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
         <v>78</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="P34" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B35" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C35" t="s">
         <v>74</v>
       </c>
       <c r="D35" t="s">
         <v>19</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>49</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>2009</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="K35" t="s">
         <v>34</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
         <v>78</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="P35" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">