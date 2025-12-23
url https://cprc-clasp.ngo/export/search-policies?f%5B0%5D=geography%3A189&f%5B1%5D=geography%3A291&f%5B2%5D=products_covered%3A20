--- v0 (2025-11-07)
+++ v1 (2025-12-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -111,131 +111,109 @@
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>MS ISO 5151:2012
 ,   
                     ISO 5151:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-air-conditioner</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/07-20250415%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fan</t>
-[...24 lines deleted...]
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Fans</t>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
   </si>
   <si>
     <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
 (b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
 (c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
 (d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
 (e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>MS 1220:2010</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-fans</t>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Guide On Minimum Energy Performance Standard Requirements for Air Conditioner with Cooling Capacity ≤ 7.1kw</t>
   </si>
   <si>
     <t>This guide specifies the minimum energy performance standard (MEPS) and energy labeling requirements for single-phase non-ducted single split wall mounted type vapour compression air conditioners with cooling capacity up to 7.1 kW.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>ISO 16358-1:2013, MS ISO 5151:2012 MS ISO 5151:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cooling-capacity</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-Guide%20on%20MEPS%20for%20AC%20(UPDATED).pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
     <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
   </si>
   <si>
-    <t>Entered into force, New</t>
+    <t>New, Superseded</t>
   </si>
   <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-fans</t>
   </si>
   <si>
     <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
   </si>
   <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
     <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
   </si>
   <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
@@ -581,51 +559,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P7"/>
+  <dimension ref="A1:P6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="261.793" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1232.699" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="222.803" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="61.271" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="359.769" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -682,319 +660,267 @@
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
         <v>2013</v>
       </c>
-      <c r="I2">
-[...1 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
         <v>2013</v>
       </c>
       <c r="I3">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="M3" t="s">
         <v>26</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="P3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B4" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C4" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="D4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H4">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="I4">
-        <v>2025</v>
+        <v>2018</v>
       </c>
       <c r="J4" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="M4" t="s">
         <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="P4" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B5" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="C5" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="D5" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
       <c r="H5">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="M5" t="s">
         <v>26</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="P5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C6" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
       <c r="D6" t="s">
-        <v>39</v>
+        <v>55</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>56</v>
       </c>
       <c r="F6" t="s">
-        <v>21</v>
+        <v>57</v>
       </c>
       <c r="G6" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="H6">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I6"/>
+        <v>2015</v>
+      </c>
+      <c r="I6">
+        <v>2018</v>
+      </c>
       <c r="J6" t="s">
-        <v>47</v>
+        <v>58</v>
       </c>
       <c r="K6" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="L6"/>
       <c r="M6" t="s">
-        <v>26</v>
+        <v>60</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="P6" t="s">
-        <v>56</v>
-[...18 lines deleted...]
-      <c r="F7" t="s">
         <v>62</v>
-      </c>
-[...26 lines deleted...]
-        <v>67</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">