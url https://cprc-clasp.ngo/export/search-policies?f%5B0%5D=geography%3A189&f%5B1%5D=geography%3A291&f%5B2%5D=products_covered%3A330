--- v0 (2025-11-10)
+++ v1 (2026-01-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -121,50 +121,53 @@
 ,   
                     IEC 62552-1:2015
 ,   
                     IEC 62552-3:2015</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-refrigerator</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Refrigerator</t>
   </si>
   <si>
     <t>This guide specifies the minimum energy performance standards (MEPS) requirements for household refrigerating appliances with one door or two door (Refer to figure 1) that can be connected to mains power and which are within the scope of MS IEC 62552-1 or identical.</t>
   </si>
   <si>
     <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS IEC 62552-1:2016, MS IEC 62552-2:2016, MS IEC 62552-3:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-refrigerator</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/files/download/95/Guideline_Minimum_Energy_Performance_Requirement_for_Refrigerator.pdf----https://www.st.gov.my/en/web/consumer/details/7/3</t>
   </si>
   <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
     <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
   </si>
   <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
@@ -659,126 +662,126 @@
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>32</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H3">
         <v>2015</v>
       </c>
       <c r="I3">
         <v>2018</v>
       </c>
       <c r="J3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="M3" t="s">
         <v>26</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="P3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
         <v>2015</v>
       </c>
       <c r="I4">
         <v>2018</v>
       </c>
       <c r="J4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="K4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="P4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">