--- v0 (2025-11-06)
+++ v1 (2025-12-21)
@@ -12,173 +12,176 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Electric Oven</t>
+  </si>
+  <si>
+    <t>This guideline specifies the minimum energy performance standards and rating labels for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Ovens</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven-0</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency rating label for portable or built-in type electric oven with the following function mode:
 (a) conventional mode;
 (b) convectional mode;
 (c) conventional and convectional mode; and
 (d) conventional, convectional and steam mode.</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
-[...8 lines deleted...]
-    <t>Comparative Label, Minimum Performance Standard</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...1 lines deleted...]
-  <si>
     <t>IEC 60350-1:2016</t>
   </si>
   <si>
-    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
-[...4 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
-  </si>
-[...20 lines deleted...]
-    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for microwave oven that combines mricrowave fuctionality with additional heating method with size up to or equal to 32 Litre. Microwave oven should have the following functions:
 (a) solo;
 (b) combination;
 (c) convection; and
 (d) any other microwave oven with similar function;</t>
+  </si>
+  <si>
+    <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>IEC 60705:2010
 ,   
                     MS IEC 62301:2012
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
     <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
   </si>
   <si>
     <t>Colombia</t>
@@ -627,222 +630,222 @@
       </c>
       <c r="P1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H2">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="K2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="L2" t="s">
         <v>24</v>
       </c>
+      <c r="L2"/>
       <c r="M2" t="s">
         <v>25</v>
       </c>
       <c r="N2" t="s">
         <v>26</v>
       </c>
       <c r="O2" t="s">
         <v>27</v>
       </c>
       <c r="P2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>29</v>
       </c>
       <c r="C3" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
+        <v>30</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3">
+        <v>2024</v>
+      </c>
+      <c r="J3" t="s">
         <v>31</v>
       </c>
-      <c r="H3">
-[...3 lines deleted...]
-      <c r="J3" t="s">
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
         <v>32</v>
       </c>
-      <c r="K3" t="s">
-[...2 lines deleted...]
-      <c r="L3"/>
       <c r="M3" t="s">
         <v>25</v>
       </c>
       <c r="N3" t="s">
         <v>26</v>
       </c>
       <c r="O3" t="s">
         <v>33</v>
       </c>
       <c r="P3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>35</v>
       </c>
       <c r="B4" t="s">
         <v>36</v>
       </c>
       <c r="C4" t="s">
-        <v>18</v>
+        <v>37</v>
       </c>
       <c r="D4" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="H4">
         <v>2013</v>
       </c>
       <c r="I4">
         <v>2024</v>
       </c>
       <c r="J4" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="K4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="M4" t="s">
         <v>25</v>
       </c>
       <c r="N4" t="s">
         <v>26</v>
       </c>
       <c r="O4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="P4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="H5">
         <v>2015</v>
       </c>
       <c r="I5">
         <v>2018</v>
       </c>
       <c r="J5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="K5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
       <c r="O5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="P5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">