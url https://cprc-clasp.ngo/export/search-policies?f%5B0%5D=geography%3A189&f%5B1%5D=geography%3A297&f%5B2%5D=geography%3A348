--- v0 (2025-10-10)
+++ v1 (2025-12-13)
@@ -12,317 +12,389 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Gaceta Oficial No. 40.370 de fecha 12 de marzo de 2014</t>
   </si>
   <si>
+    <t>Incandescent lamps subject to the fulfillment of this resolution, have the following: conventional type, with voltage exceeding 100 V and whose power is greater than or equal to 25 W.</t>
+  </si>
+  <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gaceta-oficial-no-40370-de-fecha-12-de-marzo-de-2014</t>
   </si>
   <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/resolucion_conjunta_47_energia_12_mar_2014.pdf</t>
+  </si>
+  <si>
     <t>Joint Resolution No. 031 and 089, 2013</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>ISO 15502:2005,IEC 60335-2-24:2007</t>
   </si>
   <si>
     <t>Ministerio de Poder Popular para la Energia Electrica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/joint-resolution-no-031-and-089-2013</t>
   </si>
   <si>
+    <t>https://www.tuv-sud.cn/cn-en/resource-centre/publications/e-ssentials-newsletter/consumer-products-retail/vol.-81/venezuela-energy-efficiency-labelling</t>
+  </si>
+  <si>
     <t>MEPS for Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This policy references AS/NZS 4847.2:2010, which specifies minimum energy performance requirements for self-ballasted lamps for general lighting services, and AS/NZS 4782.3(Int):2006, which defines performance requirements for double-capped fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Samoa*</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>AS/NZS 4847.2:2010</t>
   </si>
   <si>
     <t>Samoa Ministry of Finance</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.mof.gov.ws/wp-content/uploads/2019/08/Energy-Regulation.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Fluorescent Lamp Ballasts</t>
   </si>
   <si>
+    <t>This policy references AS/NZ 4783.2-2002, which specifies the classification, labeling, and minimum energy performance requirements for ballasts for linear fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>AS/NZ 4783.1:2001</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-fluorescent-lamp-ballasts</t>
   </si>
   <si>
     <t>MEPS for Incandescent Lamps</t>
   </si>
   <si>
+    <t>This policy specifies requirements for Minimum Energy Performance Standards (MEPS), maximum wattage and other requirements for incandescent lamps, both tungsten filament and tungsten halogen. This policy references standard AS 4934.2-2011.</t>
+  </si>
+  <si>
     <t>AS/NZS 4934.1-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-incandescent-lamps-0</t>
   </si>
   <si>
     <t>MEPS for Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This policy references AS/NZS 4782.2:2004, which specifies performance and energy efficiency specifications for tubular fluorescent lamps of length 550 mm to 1500 mm both inclusive with wattage of 16 watts or more that are within the scope of AS/NZS 4782.1. Modified adoption of, and reproduced from, IEC 61347-2-11:2001.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>AS/NZS 4782.2:2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-linear-fluorescent-lamps</t>
   </si>
   <si>
     <t>Reglamento Tecnico Aparatos De Refrigeracion Y Congelacion</t>
   </si>
   <si>
+    <t>The document contains technical regulation for  energy efficiency labeling for refrigeration and freezing appliances</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>IEC 60335-2-24:2007,ISO 15502:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-aparatos-de-refrigeracion-y-congelacion</t>
   </si>
   <si>
+    <t>http://www.sencamer.gob.ve/publicos/descargas/pdf/consumo-eficiente.pdf</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico De Luminarias LED 112</t>
   </si>
   <si>
+    <t>street lighting</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-de-luminarias-led-112</t>
   </si>
   <si>
+    <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20tecnico%20de%20luminarias%20LED_112.pdf</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Etiquetado De EE Lamparas Fluroescentes</t>
   </si>
   <si>
+    <t>Linear (tube) fluorescent, Circular, Rectilinear , compact; linear; circular fluorescent lamps</t>
+  </si>
+  <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>CIE 84 1989,IEC 60901:2001,IEC 60969:2001</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-etiquetado-de-ee-lamparas-fluroescentes</t>
   </si>
   <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/res_conj_019.pdf</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Resolucion Aires Acondicionados</t>
   </si>
   <si>
+    <t>Regulation only applies to air conditioners and air-cooled condenser with a capacity of less than or equal to 35 kW</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>ISO 5151:2010,IEC 60335-1 Edition 5.0,ISO 13253:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-resolucion-aires-acondicionados</t>
   </si>
   <si>
+    <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20Tecnico%20Resolucion%20Aires%20Acondicionados.pdf</t>
+  </si>
+  <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
     <t>Samoa Energy Efficiency (Approved Energy Using Products Standards) Regulations 2018</t>
   </si>
   <si>
+    <t>This regulation specifies the MEPS, labeling requirements, and test methods for:
+1) Non-ducted air conditioners including single phase and 3-phase up to 65kW rated cooling capacity, including air-source heat pumps but not water-source heat pumps, and
+2) Household refrigerating appliances which operate using the vapour compression cycle and use mains electricity (230|240 Volts at 50Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/samoa-energy-efficiency-approved-energy-using-products-standards-regulations-2018</t>
+  </si>
+  <si>
+    <t>https://www.mof.gov.ws/samoa-energy-efficiency/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -586,649 +658,730 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N13"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="261" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="261.793" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1232.699" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="222.803" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="179.242" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2014</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2"/>
+      <c r="N2" t="s">
+        <v>25</v>
+      </c>
+      <c r="O2" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2014</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>31</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>32</v>
+      </c>
+      <c r="M3" t="s">
+        <v>33</v>
+      </c>
+      <c r="N3" t="s">
+        <v>25</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...1 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="N2" t="s">
-        <v>23</v>
+      <c r="H4">
+        <v>2018</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>40</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" t="s">
+        <v>42</v>
+      </c>
+      <c r="N4" t="s">
+        <v>25</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...83 lines deleted...]
-    <row r="5" spans="1:14">
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="B5" t="s">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="C5" t="s">
         <v>38</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>47</v>
       </c>
       <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2018</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>48</v>
+      </c>
+      <c r="M5" t="s">
+        <v>42</v>
+      </c>
+      <c r="N5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>38</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2018</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>40</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
+        <v>42</v>
+      </c>
+      <c r="N6" t="s">
+        <v>25</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>54</v>
+      </c>
+      <c r="B7" t="s">
+        <v>55</v>
+      </c>
+      <c r="C7" t="s">
+        <v>38</v>
+      </c>
+      <c r="D7" t="s">
+        <v>56</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2018</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>40</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>57</v>
+      </c>
+      <c r="M7" t="s">
+        <v>42</v>
+      </c>
+      <c r="N7" t="s">
+        <v>25</v>
+      </c>
+      <c r="O7" t="s">
+        <v>58</v>
+      </c>
+      <c r="P7" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" t="s">
+        <v>60</v>
+      </c>
+      <c r="C8" t="s">
         <v>18</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5">
+      <c r="D8" t="s">
+        <v>30</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>61</v>
+      </c>
+      <c r="G8" t="s">
+        <v>62</v>
+      </c>
+      <c r="H8">
+        <v>2005</v>
+      </c>
+      <c r="I8">
+        <v>2013</v>
+      </c>
+      <c r="J8" t="s">
+        <v>63</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>64</v>
+      </c>
+      <c r="M8" t="s">
+        <v>33</v>
+      </c>
+      <c r="N8" t="s">
+        <v>25</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>69</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>61</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>33</v>
+      </c>
+      <c r="N9" t="s">
+        <v>25</v>
+      </c>
+      <c r="O9" t="s">
+        <v>70</v>
+      </c>
+      <c r="P9" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>72</v>
+      </c>
+      <c r="B10" t="s">
+        <v>73</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>39</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>74</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>31</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>75</v>
+      </c>
+      <c r="M10" t="s">
+        <v>33</v>
+      </c>
+      <c r="N10" t="s">
+        <v>25</v>
+      </c>
+      <c r="O10" t="s">
+        <v>76</v>
+      </c>
+      <c r="P10" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>78</v>
+      </c>
+      <c r="B11" t="s">
+        <v>79</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>80</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>74</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2012</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>81</v>
+      </c>
+      <c r="M11" t="s">
+        <v>33</v>
+      </c>
+      <c r="N11" t="s">
+        <v>25</v>
+      </c>
+      <c r="O11" t="s">
+        <v>82</v>
+      </c>
+      <c r="P11" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>84</v>
+      </c>
+      <c r="B12" t="s">
+        <v>85</v>
+      </c>
+      <c r="C12" t="s">
+        <v>86</v>
+      </c>
+      <c r="D12" t="s">
+        <v>87</v>
+      </c>
+      <c r="E12" t="s">
+        <v>88</v>
+      </c>
+      <c r="F12" t="s">
+        <v>61</v>
+      </c>
+      <c r="G12" t="s">
+        <v>62</v>
+      </c>
+      <c r="H12">
+        <v>2015</v>
+      </c>
+      <c r="I12">
         <v>2018</v>
       </c>
-      <c r="H5"/>
-[...12 lines deleted...]
-      <c r="M5" t="s">
+      <c r="J12" t="s">
+        <v>89</v>
+      </c>
+      <c r="K12" t="s">
+        <v>90</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>91</v>
+      </c>
+      <c r="N12" t="s">
+        <v>25</v>
+      </c>
+      <c r="O12" t="s">
+        <v>92</v>
+      </c>
+      <c r="P12" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>94</v>
+      </c>
+      <c r="B13" t="s">
+        <v>95</v>
+      </c>
+      <c r="C13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D13" t="s">
+        <v>96</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>61</v>
+      </c>
+      <c r="G13" t="s">
         <v>22</v>
       </c>
-      <c r="N5" t="s">
-[...22 lines deleted...]
-      <c r="G6">
+      <c r="H13">
         <v>2018</v>
       </c>
-      <c r="H6"/>
-[...6 lines deleted...]
-      <c r="K6" t="s">
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>63</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
         <v>42</v>
       </c>
-      <c r="L6" t="s">
-[...58 lines deleted...]
-      <c r="C8" t="s">
+      <c r="N13" t="s">
         <v>25</v>
       </c>
-      <c r="D8" t="s">
-[...236 lines deleted...]
-        <v>75</v>
+      <c r="O13" t="s">
+        <v>97</v>
+      </c>
+      <c r="P13" t="s">
+        <v>98</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>