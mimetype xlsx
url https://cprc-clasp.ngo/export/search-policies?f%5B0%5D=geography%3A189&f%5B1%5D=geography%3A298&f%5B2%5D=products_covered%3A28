--- v0 (2025-11-09)
+++ v1 (2026-01-01)
@@ -116,80 +116,80 @@
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
     <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors-2018</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
     <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
   </si>
   <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>