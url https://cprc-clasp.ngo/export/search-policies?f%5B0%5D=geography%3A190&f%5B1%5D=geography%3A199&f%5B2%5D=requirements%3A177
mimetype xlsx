--- v0 (2025-12-01)
+++ v1 (2026-01-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="339">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="341">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -386,51 +386,51 @@
   <si>
     <t>https://www.inteco.org/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?page=2&amp;search=INTE+28</t>
   </si>
   <si>
     <t>This standard establishes the minimum content of the energy efficiency label for high intensity discharge (HID) lamps for general lighting. This standard applies to high intensity discharge lamps (HID), intended for lighting residential, commercial, services, industrial and public lighting sectors that are marketed in the national territory</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e19-1-2020-0</t>
   </si>
   <si>
     <t>https://www.inteco.org/en_US/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?variant=5672</t>
   </si>
   <si>
     <t>INTE E20-1 2016</t>
   </si>
   <si>
     <t>This standard establishes the levels of the energy factor, water consumption factor, and energy consumption to be met by household electric clothes washers. The standard does not apply to washers that do not use electricity or washers for industrial and commercial use.</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e20-1-2016</t>
   </si>
   <si>
-    <t>https://www.inteco.org/shop/product/inte-e20-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-factor-de-energia-fe-y-factor-de-consumo-de-agua-fca-parte-1-requisitos-1184?search=INTE+28</t>
+    <t>https://inteco.org/tienda/catalogo/INTEE2012016</t>
   </si>
   <si>
     <t>INTE E21-1 2016</t>
   </si>
   <si>
     <t>This national standard establishes the levels of washing efficiency that must be met by household appliances washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; Manual clothes washer.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e21-1-2016</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e21-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-parte-1-eficiencia-de-lavado-el-requisitos-1210?search=INTE+28</t>
   </si>
   <si>
     <t>INTE E21-2 2016</t>
   </si>
   <si>
     <t>This national standard specifies the content of the washing efficiency label to be met by household appliance washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; or Manual clothes washer.  This standard applies to electric clothes washers for domestic use with electrical connection 115 V to 240 V; at 60 Hz.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e21-2-2016</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e21-2-2016-eficiencia-energetica-lavadoras-electricas-de-ropa-eficiencia-de-lavado-parte-3-etiquetado-1463?search=INTE+28</t>
   </si>
@@ -586,50 +586,53 @@
   <si>
     <t>NOM-012-ENER-2019, Energy Efficiency of Condensing and Evaporating Units for Refrigeration</t>
   </si>
   <si>
     <t>This standard establishes the energy efficiency requirements for condensing and evaporating units for refrigeration, which are manufactured for installation outdoors or interiors with cooling power greater than or equal to 746 W (2,547 BTU/h) and less than 26,000 W ( 88,716 BTU/h) at medium temperature, and less than 9,500 W (32,415 BTU/h) at low temperature.
 b) Low-profile evaporator units for refrigeration that are designed to operate with a refrigerant and powered by direct expansion in humid and/or dry conditions with nominal cooling capacities greater than or equal to 300 W (1,023 BTU/h) and less than 40,000 W (136,482 BTU/h) at medium temperature, and less than 13,000 W (44,397 BTU/h) at low temperature.</t>
   </si>
   <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>ANSI/ASHRAE Standard 23.1-2010
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-012-ener-2019-energy-efficiency-condensing-and-evaporating-units-refrigeration</t>
   </si>
   <si>
     <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5608445</t>
   </si>
   <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
     <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2004</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
   </si>
   <si>
     <t>NOM-014-ENER-2025, Energy efficiency of single-phase, induction, squirrel-cage, air-cooled alternating current electric motors with rated power from 0.180 kW to 2.238 kW</t>
   </si>
   <si>
     <t>This standard establishes the minimum energy efficiency values, the testing method, marking requirements, and conformity assessment procedure; applicable to alternating current, single-phase, induction, squirrel-cage, air-cooled electric motors, whether open or closed, continuous duty, single-speed, with rated power from 0.180 kW to 2.238 kW, with 2, 4, or 6 poles, split-phase, or capacitor-start, or with two capacitors, or with a permanently connected capacitor.</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     IEC 60034-2-1:2024 Rotating electrical machines - Part 2-1
 ,   
                     IEEE 114-2010-IEEE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2025-energy-efficiency-single-phase-induction-squirrel-cage-air-cooled</t>
   </si>
   <si>
     <t>https://www.dof.gob.mx/normasOficiales/9505/sener/sener.html</t>
@@ -911,50 +914,53 @@
     <t>https://cprc-clasp.ngo/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
   </si>
   <si>
     <t>Standard NOM-015-ENER-2012 - Domestic Refrigerators and Freezers</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for electric household refrigerators and freezers.</t>
   </si>
   <si>
     <t>NOM-15-ENER-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-015-ener-2012-domestic-refrigerators-and-freezers</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=5234117&amp;fecha=16/02/2012</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-016-ener-2016-three-phase-motors</t>
   </si>
   <si>
     <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
   </si>
   <si>
     <t>Standard NOM-019-ENER-2009 - Tortilla Making Machines</t>
   </si>
   <si>
     <t>This policy covers minimum requirements for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors. Not included are domestic manual tortilla-making machines, which are not operated by electric motors.</t>
   </si>
   <si>
     <t>Tortilla Making Machines</t>
   </si>
   <si>
     <t>NOM-019-ENER-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-019-ener-2009-tortilla-making-machines</t>
   </si>
@@ -1410,51 +1416,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P62"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="999.042" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="71.84" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="103.689" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="277.075" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -3026,1444 +3032,1444 @@
       </c>
       <c r="P33" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
         <v>188</v>
       </c>
       <c r="B34" t="s">
         <v>189</v>
       </c>
       <c r="C34" t="s">
         <v>18</v>
       </c>
       <c r="D34" t="s">
         <v>31</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
-        <v>40</v>
+        <v>190</v>
       </c>
       <c r="H34">
         <v>1997</v>
       </c>
       <c r="I34">
         <v>2005</v>
       </c>
       <c r="J34" t="s">
         <v>23</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
         <v>152</v>
       </c>
       <c r="N34" t="s">
         <v>72</v>
       </c>
       <c r="O34" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="P34" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B35" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C35" t="s">
         <v>18</v>
       </c>
       <c r="D35" t="s">
         <v>31</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="H35">
         <v>2004</v>
       </c>
       <c r="I35">
         <v>2025</v>
       </c>
       <c r="J35" t="s">
         <v>150</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="M35" t="s">
         <v>152</v>
       </c>
       <c r="N35" t="s">
         <v>26</v>
       </c>
       <c r="O35" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="P35" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B36" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C36" t="s">
         <v>18</v>
       </c>
       <c r="D36" t="s">
         <v>52</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
         <v>110</v>
       </c>
       <c r="H36">
         <v>2018</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
         <v>23</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="M36" t="s">
         <v>152</v>
       </c>
       <c r="N36" t="s">
         <v>26</v>
       </c>
       <c r="O36" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="P36" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B37" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C37" t="s">
         <v>18</v>
       </c>
       <c r="D37" t="s">
         <v>71</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
         <v>8</v>
       </c>
       <c r="H37">
         <v>2016</v>
       </c>
       <c r="I37">
         <v>2025</v>
       </c>
       <c r="J37" t="s">
         <v>150</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="M37" t="s">
         <v>152</v>
       </c>
       <c r="N37" t="s">
         <v>26</v>
       </c>
       <c r="O37" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="P37" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B38" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C38" t="s">
         <v>18</v>
       </c>
       <c r="D38" t="s">
         <v>61</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>21</v>
       </c>
       <c r="G38" t="s">
         <v>40</v>
       </c>
       <c r="H38">
         <v>2012</v>
       </c>
       <c r="I38">
         <v>2013</v>
       </c>
       <c r="J38" t="s">
         <v>23</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="M38" t="s">
         <v>152</v>
       </c>
       <c r="N38" t="s">
         <v>26</v>
       </c>
       <c r="O38" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="P38" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B39" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C39" t="s">
         <v>18</v>
       </c>
       <c r="D39" t="s">
         <v>81</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>21</v>
       </c>
       <c r="G39" t="s">
         <v>40</v>
       </c>
       <c r="H39">
         <v>1995</v>
       </c>
       <c r="I39">
         <v>2017</v>
       </c>
       <c r="J39" t="s">
         <v>23</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="M39" t="s">
         <v>152</v>
       </c>
       <c r="N39" t="s">
         <v>26</v>
       </c>
       <c r="O39" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="P39" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B40" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C40" t="s">
         <v>18</v>
       </c>
       <c r="D40" t="s">
         <v>81</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>21</v>
       </c>
       <c r="G40" t="s">
         <v>40</v>
       </c>
       <c r="H40">
         <v>1995</v>
       </c>
       <c r="I40">
         <v>2018</v>
       </c>
       <c r="J40" t="s">
         <v>23</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
         <v>152</v>
       </c>
       <c r="N40" t="s">
         <v>26</v>
       </c>
       <c r="O40" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="P40" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B41"/>
       <c r="C41" t="s">
         <v>18</v>
       </c>
       <c r="D41" t="s">
         <v>148</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>21</v>
       </c>
       <c r="G41" t="s">
         <v>110</v>
       </c>
       <c r="H41">
         <v>2018</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
         <v>23</v>
       </c>
       <c r="K41" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="L41" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="M41" t="s">
         <v>152</v>
       </c>
       <c r="N41" t="s">
         <v>26</v>
       </c>
       <c r="O41" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="P41" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B42" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C42" t="s">
         <v>18</v>
       </c>
       <c r="D42" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>21</v>
       </c>
       <c r="G42" t="s">
         <v>40</v>
       </c>
       <c r="H42">
         <v>2010</v>
       </c>
       <c r="I42">
         <v>2018</v>
       </c>
       <c r="J42" t="s">
         <v>23</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="M42" t="s">
         <v>152</v>
       </c>
       <c r="N42" t="s">
         <v>26</v>
       </c>
       <c r="O42" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="P42" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B43" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C43" t="s">
         <v>18</v>
       </c>
       <c r="D43" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>21</v>
       </c>
       <c r="G43" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="H43">
         <v>2017</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
         <v>150</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="M43" t="s">
         <v>152</v>
       </c>
       <c r="N43" t="s">
         <v>26</v>
       </c>
       <c r="O43" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="P43" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B44" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C44" t="s">
         <v>18</v>
       </c>
       <c r="D44" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>21</v>
       </c>
       <c r="G44" t="s">
         <v>40</v>
       </c>
       <c r="H44">
         <v>2012</v>
       </c>
       <c r="I44">
         <v>2017</v>
       </c>
       <c r="J44" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="M44" t="s">
         <v>152</v>
       </c>
       <c r="N44" t="s">
         <v>26</v>
       </c>
       <c r="O44" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="P44" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B45" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C45" t="s">
         <v>18</v>
       </c>
       <c r="D45" t="s">
         <v>102</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>21</v>
       </c>
       <c r="G45" t="s">
         <v>110</v>
       </c>
       <c r="H45">
         <v>2021</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
         <v>23</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="M45" t="s">
         <v>152</v>
       </c>
       <c r="N45" t="s">
         <v>26</v>
       </c>
       <c r="O45" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="P45" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="B46" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C46" t="s">
         <v>18</v>
       </c>
       <c r="D46" t="s">
         <v>31</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>21</v>
       </c>
       <c r="G46" t="s">
         <v>110</v>
       </c>
       <c r="H46">
         <v>2021</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
         <v>23</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="N46" t="s">
         <v>72</v>
       </c>
       <c r="O46" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="P46" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B47" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C47" t="s">
         <v>18</v>
       </c>
       <c r="D47" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>149</v>
       </c>
       <c r="G47" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="H47">
         <v>2025</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
         <v>150</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="M47" t="s">
         <v>152</v>
       </c>
       <c r="N47" t="s">
         <v>26</v>
       </c>
       <c r="O47" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="P47" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="B48" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C48" t="s">
         <v>18</v>
       </c>
       <c r="D48" t="s">
         <v>157</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>21</v>
       </c>
       <c r="G48" t="s">
         <v>40</v>
       </c>
       <c r="H48">
         <v>2000</v>
       </c>
       <c r="I48">
         <v>2014</v>
       </c>
       <c r="J48" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="M48" t="s">
         <v>152</v>
       </c>
       <c r="N48" t="s">
         <v>26</v>
       </c>
       <c r="O48" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="P48" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B49" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C49" t="s">
         <v>18</v>
       </c>
       <c r="D49" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
         <v>21</v>
       </c>
       <c r="G49" t="s">
         <v>40</v>
       </c>
       <c r="H49">
         <v>1997</v>
       </c>
       <c r="I49">
         <v>2014</v>
       </c>
       <c r="J49" t="s">
         <v>23</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="M49" t="s">
         <v>152</v>
       </c>
       <c r="N49" t="s">
         <v>26</v>
       </c>
       <c r="O49" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="P49" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B50" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C50" t="s">
         <v>18</v>
       </c>
       <c r="D50" t="s">
         <v>148</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
         <v>149</v>
       </c>
       <c r="G50" t="s">
         <v>110</v>
       </c>
       <c r="H50">
         <v>2011</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="K50" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="L50" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="M50" t="s">
         <v>152</v>
       </c>
       <c r="N50" t="s">
         <v>26</v>
       </c>
       <c r="O50" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="P50" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B51" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C51" t="s">
         <v>18</v>
       </c>
       <c r="D51" t="s">
         <v>157</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>149</v>
       </c>
       <c r="G51" t="s">
-        <v>40</v>
+        <v>190</v>
       </c>
       <c r="H51">
         <v>1994</v>
       </c>
       <c r="I51">
         <v>2014</v>
       </c>
       <c r="J51" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="M51" t="s">
         <v>152</v>
       </c>
       <c r="N51" t="s">
         <v>26</v>
       </c>
       <c r="O51" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="P51" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="B52" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="C52" t="s">
         <v>18</v>
       </c>
       <c r="D52" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
         <v>149</v>
       </c>
       <c r="G52" t="s">
-        <v>40</v>
+        <v>190</v>
       </c>
       <c r="H52">
         <v>2002</v>
       </c>
       <c r="I52">
         <v>2007</v>
       </c>
       <c r="J52" t="s">
         <v>23</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="M52" t="s">
         <v>152</v>
       </c>
       <c r="N52" t="s">
         <v>26</v>
       </c>
       <c r="O52" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="P52" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B53" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C53" t="s">
         <v>18</v>
       </c>
       <c r="D53" t="s">
         <v>52</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
         <v>149</v>
       </c>
       <c r="G53" t="s">
         <v>110</v>
       </c>
       <c r="H53">
         <v>2012</v>
       </c>
       <c r="I53"/>
       <c r="J53" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="M53" t="s">
         <v>152</v>
       </c>
       <c r="N53" t="s">
         <v>26</v>
       </c>
       <c r="O53" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="P53" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="B54" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="C54" t="s">
         <v>18</v>
       </c>
       <c r="D54" t="s">
         <v>71</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
         <v>21</v>
       </c>
       <c r="G54" t="s">
-        <v>40</v>
+        <v>294</v>
       </c>
       <c r="H54">
         <v>2010</v>
       </c>
       <c r="I54">
         <v>2016</v>
       </c>
       <c r="J54" t="s">
         <v>23</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="M54" t="s">
         <v>152</v>
       </c>
       <c r="N54" t="s">
         <v>72</v>
       </c>
       <c r="O54" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="P54" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="B55" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="C55" t="s">
         <v>18</v>
       </c>
       <c r="D55" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
         <v>21</v>
       </c>
       <c r="G55" t="s">
         <v>40</v>
       </c>
       <c r="H55">
         <v>2008</v>
       </c>
       <c r="I55"/>
       <c r="J55" t="s">
         <v>23</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="M55" t="s">
         <v>152</v>
       </c>
       <c r="N55" t="s">
         <v>72</v>
       </c>
       <c r="O55" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="P55" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="B56" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="C56" t="s">
         <v>18</v>
       </c>
       <c r="D56" t="s">
         <v>81</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
         <v>149</v>
       </c>
       <c r="G56" t="s">
         <v>40</v>
       </c>
       <c r="H56">
         <v>1995</v>
       </c>
       <c r="I56">
         <v>2008</v>
       </c>
       <c r="J56" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="M56" t="s">
         <v>152</v>
       </c>
       <c r="N56" t="s">
         <v>26</v>
       </c>
       <c r="O56" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="P56" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B57" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="C57" t="s">
         <v>18</v>
       </c>
       <c r="D57" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
         <v>149</v>
       </c>
       <c r="G57" t="s">
         <v>40</v>
       </c>
       <c r="H57">
         <v>2008</v>
       </c>
       <c r="I57">
         <v>2014</v>
       </c>
       <c r="J57" t="s">
         <v>23</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
       <c r="L57" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="M57" t="s">
         <v>152</v>
       </c>
       <c r="N57" t="s">
         <v>26</v>
       </c>
       <c r="O57" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="P57" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="B58" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="C58" t="s">
         <v>18</v>
       </c>
       <c r="D58" t="s">
         <v>81</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
         <v>149</v>
       </c>
       <c r="G58" t="s">
         <v>40</v>
       </c>
       <c r="H58">
         <v>1995</v>
       </c>
       <c r="I58">
         <v>2010</v>
       </c>
       <c r="J58" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="M58" t="s">
         <v>152</v>
       </c>
       <c r="N58" t="s">
         <v>26</v>
       </c>
       <c r="O58" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="P58" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="B59" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="C59" t="s">
         <v>18</v>
       </c>
       <c r="D59" t="s">
         <v>92</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
         <v>149</v>
       </c>
       <c r="G59" t="s">
         <v>110</v>
       </c>
       <c r="H59">
         <v>2013</v>
       </c>
       <c r="I59"/>
       <c r="J59" t="s">
         <v>23</v>
       </c>
       <c r="K59" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="L59" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="M59" t="s">
         <v>152</v>
       </c>
       <c r="N59" t="s">
         <v>26</v>
       </c>
       <c r="O59" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="P59" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="B60" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="C60" t="s">
         <v>18</v>
       </c>
       <c r="D60" t="s">
         <v>81</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
         <v>149</v>
       </c>
       <c r="G60" t="s">
         <v>40</v>
       </c>
       <c r="H60">
         <v>1995</v>
       </c>
       <c r="I60">
         <v>2016</v>
       </c>
       <c r="J60" t="s">
         <v>23</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60"/>
       <c r="M60" t="s">
         <v>152</v>
       </c>
       <c r="N60" t="s">
         <v>26</v>
       </c>
       <c r="O60" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="P60" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="B61" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="C61" t="s">
         <v>18</v>
       </c>
       <c r="D61" t="s">
         <v>102</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
         <v>21</v>
       </c>
       <c r="G61" t="s">
         <v>110</v>
       </c>
       <c r="H61">
         <v>2012</v>
       </c>
       <c r="I61"/>
       <c r="J61" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="K61" t="s">
         <v>24</v>
       </c>
       <c r="L61" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="M61" t="s">
         <v>152</v>
       </c>
       <c r="N61" t="s">
         <v>26</v>
       </c>
       <c r="O61" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="P61" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="B62" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="C62" t="s">
         <v>18</v>
       </c>
       <c r="D62" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
         <v>149</v>
       </c>
       <c r="G62" t="s">
         <v>110</v>
       </c>
       <c r="H62">
         <v>2014</v>
       </c>
       <c r="I62"/>
       <c r="J62" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="M62" t="s">
         <v>152</v>
       </c>
       <c r="N62" t="s">
         <v>26</v>
       </c>
       <c r="O62" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="P62" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">