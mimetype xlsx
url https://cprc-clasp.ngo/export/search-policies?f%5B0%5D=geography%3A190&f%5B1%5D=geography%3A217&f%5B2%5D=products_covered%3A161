--- v0 (2025-11-08)
+++ v1 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -220,53 +220,50 @@
     <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps. This standard applies to linear fluorescent lamps intended for lighting residential; commercial; services and industrial sectors that are marketed in the National territory.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e22-1-2020</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?page=2&amp;search=INTE+28</t>
   </si>
   <si>
     <t>INTE E22-2 2020</t>
   </si>
   <si>
     <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps (LFL). This standard applies to linear fluorescent lamps, intended for lighting residential, commercial, service and industrial sectors that are marketed in the national territory. This standard does not apply to types of lamps that have one or more of the following characteristics: - Linear fluorescent lamps with a length of less than 50 cm, color temperature greater than 7000 K, designed to operate at low temperatures, ultraviolet and other special applications. . - Compact fluorescent lamp without integrated ballast, circular fluorescent lamps.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e22-2-2020</t>
   </si>
   <si>
     <t>https://www.inteco.org/en_US/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?variant=5673</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
   </si>
   <si>
     <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Africa, Nigeria</t>
   </si>
   <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 60064
 ,   
                     NIS IEC 60357
 ,   
                     NIS IEC 60969
 ,   
                     NIS IEC 60081
 ,   
                     NIS IEC 62612
 ,   
                     NIS IEC 62717
 ,   
                     NIS IEC 63103
 ,   
@@ -629,51 +626,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="93.12" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="778.524" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="67.127" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="123.827" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="212.234" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -1085,88 +1082,88 @@
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
         <v>38</v>
       </c>
       <c r="N9" t="s">
         <v>26</v>
       </c>
       <c r="O9" t="s">
         <v>65</v>
       </c>
       <c r="P9" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>67</v>
       </c>
       <c r="B10" t="s">
         <v>68</v>
       </c>
       <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="E10" t="s">
         <v>33</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="H10">
         <v>2024</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
+        <v>72</v>
+      </c>
+      <c r="M10" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="N10" t="s">
         <v>26</v>
       </c>
       <c r="O10" t="s">
+        <v>74</v>
+      </c>
+      <c r="P10" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">