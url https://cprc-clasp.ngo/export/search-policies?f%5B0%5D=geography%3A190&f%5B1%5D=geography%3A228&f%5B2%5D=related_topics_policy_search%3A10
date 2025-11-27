--- v0 (2025-10-10)
+++ v1 (2025-11-27)
@@ -12,263 +12,320 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2014 of 11 March 2019</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Washer and Dryers, Washing Machines</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192014-11-march-2019</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2014/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2014 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household washing machines and household washer-dryers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>EN 60456</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192014-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2014-20210501</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household dishwashers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2017-20210501&amp;qid=1654699029821</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu</t>
+    <t>https://www.legislation.gov.uk/eur/2019/2017/contents</t>
   </si>
   <si>
     <t>Energy Label Regulation for Sanitary Fittings</t>
   </si>
   <si>
+    <t>All producers and distributors of sanitary fittings can apply to use the energy label for sanitary fittings. Only products available on the Swiss market may bear the voluntary energy label. The use of the Swiss voluntary energy label for sanitary fittings abroad is the responsibility of the manufacturers and distributors concerned. The energy label indicates the amount of energy used. In the case of sanitary fittings – showers and taps – this is the amount of energy used to heat the water used. Consequently, only hot water taps and showers can receive the label; cold water taps cannot. Mixer taps can only receive the energy label if they are clearly indicated as such.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>Schweizerischer Verband für energieeffiziente Sanitärprodukte (SVES)</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-label-regulation-sanitary-fittings</t>
   </si>
   <si>
+    <t>https://en.etiquetteenergie-sanitaire.ch/Regulation</t>
+  </si>
+  <si>
     <t>ETA 0804 - Specifications for the assignment of ANQIP water efficiency labels to toilet flush cisterns (V. 4)</t>
   </si>
   <si>
+    <t>The following devices are considered within the scope of this Specification: - Simple flush toilets, gravity type; - Dual flush cisterns, gravity type; - Double-acting flush toilets (with discharge interruption), gravity type. Conditions for the attribution of water efficiency labels to cisterns are available in Table 1 page 3 of the document.</t>
+  </si>
+  <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Associação Nacional para a Qualidade nas Instalações Prediais (ANQIP)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/eta-0804-specifications-assignment-anqip-water-efficiency-labels-toilet-flush-cisterns-v-4</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0804_v.4_novo.1.pdf</t>
+  </si>
+  <si>
     <t>ETA 0806 - Specifications for assigning ANQIP water efficiency labels to showers and shower systems</t>
   </si>
   <si>
+    <t>The following devices are considered within the scope of this Specification: - Shower (shower head), alone; Shower system (shower taps equipped with hose and shower head removable or fixed). The assignment of labeling rating to a given product follows the categories established in Table 1 - please access the document at page 3 for more information.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/eta-0806-specifications-assigning-anqip-water-efficiency-labels-showers-and-shower-systems</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0806_v.4_novo.1.pdf</t>
+  </si>
+  <si>
     <t>ETA 0808 - Specifications for assigning ANQIP water efficiency labels to taps and flow meters (p. 3)</t>
   </si>
   <si>
+    <t>This policy applies to washbasin taps, kitchen taps, and urinal flowmeters.</t>
+  </si>
+  <si>
     <t>Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/eta-0808-specifications-assigning-anqip-water-efficiency-labels-taps-and-flow-meters-p-3</t>
+  </si>
+  <si>
+    <t>https://anqip.pt/images/stories/ETA_0808_v.3_novo.1.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -532,483 +589,540 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N9"/>
+  <dimension ref="A1:P9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="283" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="283.074" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="798.519" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="82.408" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="115.543" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2019</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2"/>
+      <c r="N2" t="s">
+        <v>25</v>
+      </c>
+      <c r="O2" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
+        <v>30</v>
+      </c>
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...5 lines deleted...]
-        <v>23</v>
+      <c r="G3" t="s">
+        <v>32</v>
+      </c>
+      <c r="H3">
+        <v>1995</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>25</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...21 lines deleted...]
-      <c r="H3">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>30</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>32</v>
+      </c>
+      <c r="H4">
+        <v>1997</v>
+      </c>
+      <c r="I4">
         <v>2019</v>
       </c>
-      <c r="I3" t="s">
-[...19 lines deleted...]
-      <c r="A4" t="s">
+      <c r="J4" t="s">
         <v>33</v>
       </c>
-      <c r="B4" t="s">
-[...2 lines deleted...]
-      <c r="C4" t="s">
+      <c r="K4" t="s">
         <v>34</v>
       </c>
-      <c r="D4" t="s">
-[...20 lines deleted...]
-      <c r="K4"/>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="N4" t="s">
-        <v>35</v>
+        <v>25</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>41</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5">
+        <v>1997</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5"/>
+      <c r="N5" t="s">
         <v>25</v>
       </c>
-      <c r="C5" t="s">
-[...31 lines deleted...]
-        <v>36</v>
+      <c r="O5" t="s">
+        <v>45</v>
+      </c>
+      <c r="P5" t="s">
+        <v>46</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
+    <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B6" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
       <c r="C6" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="D6" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>51</v>
       </c>
       <c r="F6" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="G6">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>32</v>
+      </c>
+      <c r="H6">
         <v>2010</v>
       </c>
-      <c r="H6">
+      <c r="I6">
         <v>2017</v>
       </c>
-      <c r="I6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J6" t="s">
-        <v>42</v>
-[...4 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="K6" t="s">
+        <v>53</v>
+      </c>
+      <c r="L6"/>
       <c r="M6" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="N6" t="s">
-        <v>45</v>
+        <v>55</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
       </c>
     </row>
-    <row r="7" spans="1:14">
+    <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>46</v>
+        <v>58</v>
       </c>
       <c r="B7" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
       <c r="C7" t="s">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="D7" t="s">
-        <v>40</v>
+        <v>61</v>
       </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>51</v>
       </c>
       <c r="F7" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="G7">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>32</v>
+      </c>
+      <c r="H7">
         <v>2008</v>
       </c>
-      <c r="H7">
+      <c r="I7">
         <v>2015</v>
       </c>
-      <c r="I7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J7" t="s">
-        <v>42</v>
-[...4 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="K7" t="s">
+        <v>53</v>
+      </c>
+      <c r="L7"/>
       <c r="M7" t="s">
-        <v>44</v>
+        <v>63</v>
       </c>
       <c r="N7" t="s">
+        <v>55</v>
+      </c>
+      <c r="O7" t="s">
+        <v>64</v>
+      </c>
+      <c r="P7" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>66</v>
+      </c>
+      <c r="B8" t="s">
+        <v>67</v>
+      </c>
+      <c r="C8" t="s">
+        <v>60</v>
+      </c>
+      <c r="D8" t="s">
+        <v>68</v>
+      </c>
+      <c r="E8" t="s">
         <v>51</v>
       </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>32</v>
+      </c>
+      <c r="H8">
+        <v>2008</v>
+      </c>
+      <c r="I8">
+        <v>2015</v>
+      </c>
+      <c r="J8" t="s">
+        <v>62</v>
+      </c>
+      <c r="K8" t="s">
+        <v>53</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>63</v>
+      </c>
+      <c r="N8" t="s">
+        <v>55</v>
+      </c>
+      <c r="O8" t="s">
+        <v>69</v>
+      </c>
+      <c r="P8" t="s">
+        <v>70</v>
+      </c>
     </row>
-    <row r="8" spans="1:14">
-[...6 lines deleted...]
-      <c r="C8" t="s">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>71</v>
+      </c>
+      <c r="B9" t="s">
+        <v>72</v>
+      </c>
+      <c r="C9" t="s">
+        <v>60</v>
+      </c>
+      <c r="D9" t="s">
+        <v>73</v>
+      </c>
+      <c r="E9" t="s">
+        <v>51</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>32</v>
+      </c>
+      <c r="H9">
+        <v>2008</v>
+      </c>
+      <c r="I9">
+        <v>2015</v>
+      </c>
+      <c r="J9" t="s">
+        <v>62</v>
+      </c>
+      <c r="K9" t="s">
         <v>53</v>
       </c>
-      <c r="D8" t="s">
-[...32 lines deleted...]
-      <c r="A9" t="s">
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>63</v>
+      </c>
+      <c r="N9" t="s">
         <v>55</v>
       </c>
-      <c r="B9" t="s">
-[...34 lines deleted...]
-        <v>57</v>
+      <c r="O9" t="s">
+        <v>74</v>
+      </c>
+      <c r="P9" t="s">
+        <v>75</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>