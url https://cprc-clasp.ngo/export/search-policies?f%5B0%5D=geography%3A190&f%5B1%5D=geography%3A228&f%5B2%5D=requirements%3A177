--- v0 (2025-11-30)
+++ v1 (2026-01-28)
@@ -988,60 +988,61 @@
   </si>
   <si>
     <t>Commission Regulation (EU) 2024/1834 of 3 July 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors with an electric input power between 125 W and 500 kW</t>
   </si>
   <si>
     <t>This Regulation lays down ecodesign requirements for the placing on the market or putting into service of fans with an electric input power between 125 W and 500 kW (≥ 125 W and ≤ 500 kW) at their best efficiency point, including where they are integrated into other products.
 This policy comes into effect on July 24 2026. It is a revision of Regulation (EU) No 327/2011 which is repealed with effect from 24 July 2026. However, Annexes I, II and III to that Regulation, shall continue to apply until 24 July 2037, in relation to fans integrated into other products and in relation to spare part fans.
 Units of models placed on the market between 24 July 2024 and 24 July 2026 which comply with the provisions of this Regulation shall be considered to comply with the requirements of Regulation (EU) No 327/2011.</t>
   </si>
   <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>August 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 1253/2014 of 7 July 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for ventilation units</t>
   </si>
   <si>
     <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2014/1253/contents</t>
   </si>
@@ -1524,51 +1525,51 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e19-1-2020</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?page=2&amp;search=INTE+28</t>
   </si>
   <si>
     <t>This standard establishes the minimum content of the energy efficiency label for high intensity discharge (HID) lamps for general lighting. This standard applies to high intensity discharge lamps (HID), intended for lighting residential, commercial, services, industrial and public lighting sectors that are marketed in the national territory</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e19-1-2020-0</t>
   </si>
   <si>
     <t>https://www.inteco.org/en_US/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?variant=5672</t>
   </si>
   <si>
     <t>INTE E20-1 2016</t>
   </si>
   <si>
     <t>This standard establishes the levels of the energy factor, water consumption factor, and energy consumption to be met by household electric clothes washers. The standard does not apply to washers that do not use electricity or washers for industrial and commercial use.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e20-1-2016</t>
   </si>
   <si>
-    <t>https://www.inteco.org/shop/product/inte-e20-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-factor-de-energia-fe-y-factor-de-consumo-de-agua-fca-parte-1-requisitos-1184?search=INTE+28</t>
+    <t>https://inteco.org/tienda/catalogo/INTEE2012016</t>
   </si>
   <si>
     <t>INTE E21-1 2016</t>
   </si>
   <si>
     <t>This national standard establishes the levels of washing efficiency that must be met by household appliances washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; Manual clothes washer.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e21-1-2016</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e21-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-parte-1-eficiencia-de-lavado-el-requisitos-1210?search=INTE+28</t>
   </si>
   <si>
     <t>INTE E21-2 2016</t>
   </si>
   <si>
     <t>This national standard specifies the content of the washing efficiency label to be met by household appliance washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; or Manual clothes washer.  This standard applies to electric clothes washers for domestic use with electrical connection 115 V to 240 V; at 60 Hz.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e21-2-2016</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e21-2-2016-eficiencia-energetica-lavadoras-electricas-de-ropa-eficiencia-de-lavado-parte-3-etiquetado-1463?search=INTE+28</t>
   </si>
@@ -5093,55 +5094,53 @@
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
         <v>304</v>
       </c>
       <c r="B64" t="s">
         <v>305</v>
       </c>
       <c r="C64" t="s">
         <v>110</v>
       </c>
       <c r="D64" t="s">
         <v>306</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
         <v>170</v>
       </c>
       <c r="G64" t="s">
         <v>307</v>
       </c>
       <c r="H64">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I64"/>
       <c r="J64" t="s">
         <v>308</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
       <c r="L64" t="s">
         <v>309</v>
       </c>
       <c r="M64" t="s">
         <v>310</v>
       </c>
       <c r="N64" t="s">
         <v>39</v>
       </c>
       <c r="O64" t="s">
         <v>311</v>
       </c>
       <c r="P64" t="s">
         <v>312</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
         <v>313</v>