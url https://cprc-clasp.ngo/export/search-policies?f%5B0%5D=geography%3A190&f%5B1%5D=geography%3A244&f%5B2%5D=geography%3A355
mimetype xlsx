--- v0 (2025-11-10)
+++ v1 (2025-12-27)
@@ -2154,51 +2154,51 @@
       </c>
       <c r="P16" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>112</v>
       </c>
       <c r="B17" t="s">
         <v>113</v>
       </c>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
         <v>114</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>115</v>
       </c>
       <c r="G17" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H17">
         <v>2021</v>
       </c>
       <c r="I17">
         <v>2024</v>
       </c>
       <c r="J17" t="s">
         <v>116</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
         <v>117</v>
       </c>
       <c r="M17" t="s">
         <v>25</v>
       </c>
       <c r="N17" t="s">
         <v>26</v>
       </c>
       <c r="O17" t="s">
         <v>118</v>
       </c>