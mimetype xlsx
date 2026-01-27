--- v0 (2025-12-13)
+++ v1 (2026-01-27)
@@ -2751,51 +2751,53 @@
         <v>121</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
         <v>229</v>
       </c>
       <c r="B31" t="s">
         <v>230</v>
       </c>
       <c r="C31" t="s">
         <v>104</v>
       </c>
       <c r="D31" t="s">
         <v>33</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
         <v>73</v>
       </c>
-      <c r="H31"/>
+      <c r="H31">
+        <v>2024</v>
+      </c>
       <c r="I31"/>
       <c r="J31" t="s">
         <v>231</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
         <v>216</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
         <v>232</v>
       </c>
       <c r="P31" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
         <v>234</v>
       </c>