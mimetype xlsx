--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="722">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="715">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1774,50 +1774,53 @@
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=23EE8C718E21E8A3E06397BE0A0AC332</t>
   </si>
   <si>
     <t>GB 30254-2013 Minimum allowable values of energy efficiency and the energy efficiency grades for cage three-phase high voltage induction motors</t>
   </si>
   <si>
     <t>This policy covers cage three-phase high voltage induction motors.</t>
   </si>
   <si>
     <t>GB 755-2008; GB/T 1032-2012; GB 10068-2008; GB 10069.3-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30254-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-cage</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E8DAD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 30531-2014 Minimum allowable values of energy efficiency and energy efficiency grades for commercial gas cooking appliances</t>
   </si>
   <si>
     <t>Applies to commercial gas-to-energy single stoves with rated thermal load of not more than 60 kW</t>
   </si>
   <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
     <t>GB / T 13611</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30531-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED10D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 30978-2014 Minimum allowable values of the energy efficiency and energy efficiency grades for water dispensers</t>
   </si>
   <si>
     <t>Applies to the hot or cold water dispensers with rated voltage not exceeding 250 V. Does not apply to the instant hot water dispensers with rated power of more than 4 000 W.</t>
   </si>
   <si>
     <t>GB/T 2828.1; GB/T 2829; GB 4706.1; GB/T 22090-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30978-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FF8FD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 32028-2015 Minimum allowable values of energy efficiency and energy efficiency grades for projectors</t>
@@ -2012,90 +2015,50 @@
     <t>https://cprc-clasp.ngo/policies/gb-38450-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94000A80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 39177-2020 Minimum allowable values of energy efficiency and energy efficiency grades for electric pressure cookers</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency grades, MEPS, and test methods for electric pressure cookers. It applies to electric pressure cookers heated by electric heating elements or electromagnetic induction, with a rated power of not more than 2000 W, rated volume of no more than 10 L, and a rated cooking pressure of 40 kPa–140 kPa.</t>
   </si>
   <si>
     <t>Kitchen</t>
   </si>
   <si>
     <t>GB 39177-2020</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-39177-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-0</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EF23FD1E05397BE0A0A98CA</t>
-  </si>
-[...38 lines deleted...]
-    <t>https://www.codeofchina.com/standard/GBT23118-2024.html</t>
   </si>
   <si>
     <t>GB/T 35606-2017 Green product assessment-Solar water heating system</t>
   </si>
   <si>
     <t>Green product standard for solar water heating system.</t>
   </si>
   <si>
     <t>Water, Water Heating</t>
   </si>
   <si>
     <t>GB/T 35606-2017, GB 26969</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-35606-2017-green-product-assessment-solar-water-heating-system</t>
   </si>
   <si>
     <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=FA9296E42AAB4BC2E38DCE34C6EDE596</t>
   </si>
   <si>
     <t>GB/T 39761.1-2021 Green product assessment-Household electric appliances-Part 1: Refrigerators, air-conditioners and washing machines</t>
   </si>
@@ -2127,50 +2090,53 @@
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
   </si>
   <si>
     <t>IEC TS 62258-9-8:2020</t>
   </si>
   <si>
     <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
   </si>
   <si>
     <t>Renewable Energy Systems, Solar Energy Kits</t>
   </si>
   <si>
+    <t>Quality Standard</t>
+  </si>
+  <si>
     <t>August 2022</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/iec-ts-62258-9-82020</t>
   </si>
   <si>
     <t>https://item.jd.com/10054560130198.html</t>
   </si>
   <si>
     <t>INTE E18-2 2016</t>
   </si>
   <si>
     <t>This standard establishes the minimum content of the energy efficiency label; of the light emitting diode -LED- luminaires for public lighting. This standard applies to luminaires with LED lighting components; which are sold and installed in the national territory to illuminate outdoor areas that have one or more of the following characteristics: roads; parks; or parking lots.</t>
   </si>
   <si>
     <t>Costa Rica</t>
@@ -2178,51 +2144,51 @@
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e18-2-2016</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e18-2-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-para-alumbrado-publico-etiquetado-872?search=INTE+E18</t>
   </si>
   <si>
     <t>INTE E20-1 2016</t>
   </si>
   <si>
     <t>This standard establishes the levels of the energy factor, water consumption factor, and energy consumption to be met by household electric clothes washers. The standard does not apply to washers that do not use electricity or washers for industrial and commercial use.</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e20-1-2016</t>
   </si>
   <si>
-    <t>https://www.inteco.org/shop/product/inte-e20-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-factor-de-energia-fe-y-factor-de-consumo-de-agua-fca-parte-1-requisitos-1184?search=INTE+28</t>
+    <t>https://inteco.org/tienda/catalogo/INTEE2012016</t>
   </si>
   <si>
     <t>INTE E21-1 2016</t>
   </si>
   <si>
     <t>This national standard establishes the levels of washing efficiency that must be met by household appliances washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; Manual clothes washer.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e21-1-2016</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e21-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-parte-1-eficiencia-de-lavado-el-requisitos-1210?search=INTE+28</t>
   </si>
   <si>
     <t>INTE E21-2 2016</t>
   </si>
   <si>
     <t>This national standard specifies the content of the washing efficiency label to be met by household appliance washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; or Manual clothes washer.  This standard applies to electric clothes washers for domestic use with electrical connection 115 V to 240 V; at 60 Hz.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e21-2-2016</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e21-2-2016-eficiencia-energetica-lavadoras-electricas-de-ropa-eficiencia-de-lavado-parte-3-etiquetado-1463?search=INTE+28</t>
   </si>
@@ -2565,65 +2531,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P128"/>
+  <dimension ref="A1:P127"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="209.949" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="805.66" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="136.681" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="175.671" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="369.196" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -7465,1312 +7431,1268 @@
       </c>
       <c r="P101" t="s">
         <v>575</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
         <v>576</v>
       </c>
       <c r="B102" t="s">
         <v>577</v>
       </c>
       <c r="C102" t="s">
         <v>18</v>
       </c>
       <c r="D102" t="s">
         <v>156</v>
       </c>
       <c r="E102" t="s">
         <v>20</v>
       </c>
       <c r="F102" t="s">
         <v>514</v>
       </c>
       <c r="G102" t="s">
-        <v>22</v>
+        <v>578</v>
       </c>
       <c r="H102">
+        <v>2014</v>
+      </c>
+      <c r="I102">
         <v>2015</v>
       </c>
-      <c r="I102"/>
       <c r="J102" t="s">
         <v>51</v>
       </c>
       <c r="K102" t="s">
         <v>157</v>
       </c>
       <c r="L102" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="M102" t="s">
         <v>26</v>
       </c>
       <c r="N102" t="s">
         <v>34</v>
       </c>
       <c r="O102" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="P102" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="B103" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="C103" t="s">
         <v>18</v>
       </c>
       <c r="D103" t="s">
         <v>272</v>
       </c>
       <c r="E103" t="s">
         <v>20</v>
       </c>
       <c r="F103" t="s">
         <v>514</v>
       </c>
       <c r="G103" t="s">
         <v>22</v>
       </c>
       <c r="H103">
         <v>2015</v>
       </c>
       <c r="I103"/>
       <c r="J103" t="s">
         <v>51</v>
       </c>
       <c r="K103" t="s">
         <v>24</v>
       </c>
       <c r="L103" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="M103" t="s">
         <v>26</v>
       </c>
       <c r="N103" t="s">
         <v>34</v>
       </c>
       <c r="O103" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="P103" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="B104" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="C104" t="s">
         <v>18</v>
       </c>
       <c r="D104" t="s">
         <v>74</v>
       </c>
       <c r="E104" t="s">
         <v>20</v>
       </c>
       <c r="F104" t="s">
         <v>514</v>
       </c>
       <c r="G104" t="s">
         <v>22</v>
       </c>
       <c r="H104">
         <v>2016</v>
       </c>
       <c r="I104"/>
       <c r="J104" t="s">
         <v>51</v>
       </c>
       <c r="K104" t="s">
         <v>24</v>
       </c>
       <c r="L104" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="M104" t="s">
         <v>529</v>
       </c>
       <c r="N104" t="s">
         <v>34</v>
       </c>
       <c r="O104" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="P104" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="B105" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="C105" t="s">
         <v>18</v>
       </c>
       <c r="D105" t="s">
         <v>99</v>
       </c>
       <c r="E105" t="s">
         <v>20</v>
       </c>
       <c r="F105" t="s">
         <v>514</v>
       </c>
       <c r="G105" t="s">
         <v>22</v>
       </c>
       <c r="H105">
         <v>2016</v>
       </c>
       <c r="I105"/>
       <c r="J105" t="s">
         <v>51</v>
       </c>
       <c r="K105" t="s">
         <v>24</v>
       </c>
       <c r="L105" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="M105" t="s">
         <v>529</v>
       </c>
       <c r="N105" t="s">
         <v>34</v>
       </c>
       <c r="O105" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="P105" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="B106" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="C106" t="s">
         <v>18</v>
       </c>
       <c r="D106" t="s">
         <v>191</v>
       </c>
       <c r="E106" t="s">
         <v>20</v>
       </c>
       <c r="F106" t="s">
         <v>514</v>
       </c>
       <c r="G106" t="s">
         <v>22</v>
       </c>
       <c r="H106">
         <v>2017</v>
       </c>
       <c r="I106"/>
       <c r="J106" t="s">
         <v>51</v>
       </c>
       <c r="K106" t="s">
         <v>24</v>
       </c>
       <c r="L106" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="M106" t="s">
         <v>529</v>
       </c>
       <c r="N106" t="s">
         <v>27</v>
       </c>
       <c r="O106" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="P106" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="B107" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="C107" t="s">
         <v>18</v>
       </c>
       <c r="D107" t="s">
         <v>227</v>
       </c>
       <c r="E107" t="s">
         <v>20</v>
       </c>
       <c r="F107" t="s">
         <v>514</v>
       </c>
       <c r="G107" t="s">
         <v>22</v>
       </c>
       <c r="H107">
         <v>2019</v>
       </c>
       <c r="I107"/>
       <c r="J107" t="s">
         <v>23</v>
       </c>
       <c r="K107" t="s">
         <v>24</v>
       </c>
       <c r="L107" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="M107" t="s">
         <v>529</v>
       </c>
       <c r="N107" t="s">
         <v>34</v>
       </c>
       <c r="O107" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="P107" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="B108" t="s">
         <v>104</v>
       </c>
       <c r="C108" t="s">
         <v>18</v>
       </c>
       <c r="D108" t="s">
         <v>45</v>
       </c>
       <c r="E108" t="s">
         <v>20</v>
       </c>
       <c r="F108" t="s">
         <v>514</v>
       </c>
       <c r="G108" t="s">
-        <v>22</v>
+        <v>578</v>
       </c>
       <c r="H108">
         <v>2020</v>
       </c>
       <c r="I108"/>
       <c r="J108" t="s">
         <v>23</v>
       </c>
       <c r="K108" t="s">
         <v>24</v>
       </c>
       <c r="L108" t="s">
         <v>105</v>
       </c>
       <c r="M108" t="s">
         <v>529</v>
       </c>
       <c r="N108" t="s">
         <v>34</v>
       </c>
       <c r="O108" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="P108" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="B109" t="s">
         <v>38</v>
       </c>
       <c r="C109" t="s">
         <v>18</v>
       </c>
       <c r="D109" t="s">
         <v>39</v>
       </c>
       <c r="E109" t="s">
         <v>20</v>
       </c>
       <c r="F109" t="s">
         <v>514</v>
       </c>
       <c r="G109" t="s">
         <v>22</v>
       </c>
       <c r="H109">
         <v>2020</v>
       </c>
       <c r="I109"/>
       <c r="J109" t="s">
         <v>23</v>
       </c>
       <c r="K109" t="s">
         <v>24</v>
       </c>
       <c r="L109" t="s">
         <v>40</v>
       </c>
       <c r="M109" t="s">
         <v>529</v>
       </c>
       <c r="N109" t="s">
         <v>34</v>
       </c>
       <c r="O109" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="P109" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="B110" t="s">
         <v>114</v>
       </c>
       <c r="C110" t="s">
         <v>18</v>
       </c>
       <c r="D110" t="s">
         <v>115</v>
       </c>
       <c r="E110" t="s">
         <v>20</v>
       </c>
       <c r="F110" t="s">
         <v>514</v>
       </c>
       <c r="G110" t="s">
         <v>22</v>
       </c>
       <c r="H110">
         <v>2020</v>
       </c>
       <c r="I110"/>
       <c r="J110" t="s">
         <v>23</v>
       </c>
       <c r="K110" t="s">
         <v>24</v>
       </c>
       <c r="L110" t="s">
         <v>116</v>
       </c>
       <c r="M110" t="s">
         <v>529</v>
       </c>
       <c r="N110" t="s">
         <v>34</v>
       </c>
       <c r="O110" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="P110" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="B111" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="C111" t="s">
         <v>18</v>
       </c>
       <c r="D111" t="s">
         <v>204</v>
       </c>
       <c r="E111" t="s">
         <v>20</v>
       </c>
       <c r="F111" t="s">
         <v>514</v>
       </c>
       <c r="G111" t="s">
         <v>22</v>
       </c>
       <c r="H111">
         <v>2020</v>
       </c>
       <c r="I111"/>
       <c r="J111" t="s">
         <v>23</v>
       </c>
       <c r="K111" t="s">
         <v>24</v>
       </c>
       <c r="L111" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="M111" t="s">
         <v>529</v>
       </c>
       <c r="N111" t="s">
         <v>27</v>
       </c>
       <c r="O111" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="P111" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="B112" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="C112" t="s">
         <v>18</v>
       </c>
       <c r="D112" t="s">
         <v>81</v>
       </c>
       <c r="E112" t="s">
         <v>20</v>
       </c>
       <c r="F112" t="s">
         <v>514</v>
       </c>
       <c r="G112" t="s">
         <v>22</v>
       </c>
       <c r="H112">
         <v>2020</v>
       </c>
       <c r="I112"/>
       <c r="J112" t="s">
         <v>23</v>
       </c>
       <c r="K112" t="s">
         <v>24</v>
       </c>
       <c r="L112" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="M112" t="s">
         <v>529</v>
       </c>
       <c r="N112" t="s">
         <v>27</v>
       </c>
       <c r="O112" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="P112" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="B113" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="C113" t="s">
         <v>18</v>
       </c>
       <c r="D113" t="s">
         <v>204</v>
       </c>
       <c r="E113" t="s">
         <v>20</v>
       </c>
       <c r="F113" t="s">
         <v>514</v>
       </c>
       <c r="G113" t="s">
         <v>22</v>
       </c>
       <c r="H113">
         <v>2020</v>
       </c>
       <c r="I113"/>
       <c r="J113" t="s">
         <v>23</v>
       </c>
       <c r="K113" t="s">
         <v>24</v>
       </c>
       <c r="L113" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="M113" t="s">
         <v>529</v>
       </c>
       <c r="N113" t="s">
         <v>34</v>
       </c>
       <c r="O113" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="P113" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="B114" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="C114" t="s">
         <v>18</v>
       </c>
       <c r="D114" t="s">
         <v>495</v>
       </c>
       <c r="E114" t="s">
         <v>20</v>
       </c>
       <c r="F114" t="s">
         <v>514</v>
       </c>
       <c r="G114" t="s">
-        <v>22</v>
+        <v>578</v>
       </c>
       <c r="H114">
         <v>2021</v>
       </c>
       <c r="I114"/>
       <c r="J114" t="s">
         <v>23</v>
       </c>
       <c r="K114" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="L114" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="M114" t="s">
         <v>529</v>
       </c>
       <c r="N114" t="s">
         <v>497</v>
       </c>
       <c r="O114" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="P114" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="B115" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="C115" t="s">
         <v>18</v>
       </c>
       <c r="D115" t="s">
         <v>169</v>
       </c>
       <c r="E115" t="s">
         <v>20</v>
       </c>
       <c r="F115" t="s">
         <v>514</v>
       </c>
       <c r="G115" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="H115">
         <v>2019</v>
       </c>
       <c r="I115"/>
       <c r="J115" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="K115" t="s">
         <v>171</v>
       </c>
       <c r="L115" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="M115" t="s">
         <v>529</v>
       </c>
       <c r="N115" t="s">
         <v>173</v>
       </c>
       <c r="O115" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="P115" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="B116" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="C116" t="s">
         <v>18</v>
       </c>
       <c r="D116" t="s">
         <v>266</v>
       </c>
       <c r="E116" t="s">
         <v>20</v>
       </c>
       <c r="F116" t="s">
         <v>514</v>
       </c>
       <c r="G116" t="s">
         <v>22</v>
       </c>
       <c r="H116">
         <v>2020</v>
       </c>
       <c r="I116"/>
       <c r="J116" t="s">
         <v>23</v>
       </c>
       <c r="K116" t="s">
         <v>24</v>
       </c>
       <c r="L116" t="s">
         <v>105</v>
       </c>
       <c r="M116" t="s">
         <v>529</v>
       </c>
       <c r="N116" t="s">
         <v>27</v>
       </c>
       <c r="O116" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="P116" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="B117" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="C117" t="s">
         <v>18</v>
       </c>
       <c r="D117" t="s">
         <v>110</v>
       </c>
       <c r="E117" t="s">
         <v>20</v>
       </c>
       <c r="F117" t="s">
         <v>514</v>
       </c>
       <c r="G117" t="s">
         <v>22</v>
       </c>
       <c r="H117">
         <v>2021</v>
       </c>
       <c r="I117"/>
       <c r="J117" t="s">
         <v>23</v>
       </c>
       <c r="K117" t="s">
         <v>24</v>
       </c>
       <c r="L117" t="s">
         <v>105</v>
       </c>
       <c r="M117" t="s">
         <v>529</v>
       </c>
       <c r="N117" t="s">
         <v>34</v>
       </c>
       <c r="O117" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="P117" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="B118" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="C118" t="s">
         <v>18</v>
       </c>
       <c r="D118" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="E118" t="s">
         <v>20</v>
       </c>
       <c r="F118" t="s">
         <v>514</v>
       </c>
       <c r="G118" t="s">
         <v>22</v>
       </c>
       <c r="H118">
         <v>2021</v>
       </c>
       <c r="I118"/>
       <c r="J118" t="s">
         <v>75</v>
       </c>
       <c r="K118" t="s">
         <v>24</v>
       </c>
       <c r="L118" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="M118" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="N118" t="s">
         <v>34</v>
       </c>
       <c r="O118" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="P118" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="B119" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="C119" t="s">
-        <v>660</v>
+        <v>18</v>
       </c>
       <c r="D119" t="s">
         <v>661</v>
       </c>
       <c r="E119" t="s">
         <v>189</v>
       </c>
       <c r="F119" t="s">
-        <v>662</v>
+        <v>190</v>
       </c>
       <c r="G119" t="s">
-        <v>515</v>
+        <v>22</v>
       </c>
       <c r="H119">
-        <v>2024</v>
+        <v>2018</v>
       </c>
       <c r="I119"/>
       <c r="J119" t="s">
+        <v>75</v>
+      </c>
+      <c r="K119" t="s">
+        <v>279</v>
+      </c>
+      <c r="L119" t="s">
+        <v>662</v>
+      </c>
+      <c r="M119" t="s">
         <v>663</v>
       </c>
-      <c r="K119" t="s">
-[...3 lines deleted...]
-      <c r="M119" t="s">
+      <c r="N119" t="s">
+        <v>34</v>
+      </c>
+      <c r="O119" t="s">
         <v>664</v>
       </c>
-      <c r="N119" t="s">
-[...2 lines deleted...]
-      <c r="O119" t="s">
+      <c r="P119" t="s">
         <v>665</v>
-      </c>
-[...1 lines deleted...]
-        <v>666</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" t="s">
+        <v>666</v>
+      </c>
+      <c r="B120" t="s">
         <v>667</v>
       </c>
-      <c r="B120" t="s">
+      <c r="C120" t="s">
+        <v>18</v>
+      </c>
+      <c r="D120" t="s">
         <v>668</v>
-      </c>
-[...4 lines deleted...]
-        <v>669</v>
       </c>
       <c r="E120" t="s">
         <v>189</v>
       </c>
       <c r="F120" t="s">
         <v>190</v>
       </c>
       <c r="G120" t="s">
         <v>22</v>
       </c>
       <c r="H120">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="I120"/>
       <c r="J120" t="s">
         <v>75</v>
       </c>
       <c r="K120" t="s">
-        <v>279</v>
+        <v>24</v>
       </c>
       <c r="L120" t="s">
+        <v>669</v>
+      </c>
+      <c r="M120" t="s">
+        <v>663</v>
+      </c>
+      <c r="N120" t="s">
+        <v>34</v>
+      </c>
+      <c r="O120" t="s">
         <v>670</v>
       </c>
-      <c r="M120" t="s">
+      <c r="P120" t="s">
         <v>671</v>
-      </c>
-[...7 lines deleted...]
-        <v>673</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="s">
+        <v>672</v>
+      </c>
+      <c r="B121" t="s">
+        <v>673</v>
+      </c>
+      <c r="C121" t="s">
+        <v>18</v>
+      </c>
+      <c r="D121" t="s">
         <v>674</v>
-      </c>
-[...7 lines deleted...]
-        <v>676</v>
       </c>
       <c r="E121" t="s">
         <v>189</v>
       </c>
       <c r="F121" t="s">
-        <v>190</v>
+        <v>514</v>
       </c>
       <c r="G121" t="s">
-        <v>22</v>
+        <v>515</v>
       </c>
       <c r="H121">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="I121"/>
       <c r="J121" t="s">
-        <v>75</v>
+        <v>675</v>
       </c>
       <c r="K121" t="s">
         <v>24</v>
       </c>
       <c r="L121" t="s">
+        <v>676</v>
+      </c>
+      <c r="M121" t="s">
         <v>677</v>
-      </c>
-[...1 lines deleted...]
-        <v>671</v>
       </c>
       <c r="N121" t="s">
         <v>34</v>
       </c>
       <c r="O121" t="s">
         <v>678</v>
       </c>
       <c r="P121" t="s">
         <v>679</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122" t="s">
         <v>680</v>
       </c>
       <c r="B122" t="s">
         <v>681</v>
       </c>
       <c r="C122" t="s">
-        <v>660</v>
+        <v>18</v>
       </c>
       <c r="D122" t="s">
         <v>682</v>
       </c>
       <c r="E122" t="s">
         <v>189</v>
       </c>
       <c r="F122" t="s">
-        <v>514</v>
+        <v>683</v>
       </c>
       <c r="G122" t="s">
-        <v>515</v>
+        <v>22</v>
       </c>
       <c r="H122">
-        <v>2025</v>
+        <v>2022</v>
       </c>
       <c r="I122"/>
       <c r="J122" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="K122" t="s">
-        <v>24</v>
+        <v>279</v>
       </c>
       <c r="L122" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="M122" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="N122" t="s">
-        <v>34</v>
+        <v>687</v>
       </c>
       <c r="O122" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="P122" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="B123" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="C123" t="s">
-        <v>18</v>
+        <v>692</v>
       </c>
       <c r="D123" t="s">
-        <v>690</v>
+        <v>45</v>
       </c>
       <c r="E123" t="s">
-        <v>189</v>
+        <v>20</v>
       </c>
       <c r="F123" t="s">
-        <v>662</v>
+        <v>21</v>
       </c>
       <c r="G123" t="s">
         <v>22</v>
       </c>
       <c r="H123">
-        <v>2022</v>
+        <v>2016</v>
       </c>
       <c r="I123"/>
       <c r="J123" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="K123" t="s">
-        <v>279</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L123"/>
       <c r="M123" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="N123" t="s">
-        <v>694</v>
+        <v>34</v>
       </c>
       <c r="O123" t="s">
         <v>695</v>
       </c>
       <c r="P123" t="s">
         <v>696</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="s">
         <v>697</v>
       </c>
       <c r="B124" t="s">
         <v>698</v>
       </c>
       <c r="C124" t="s">
+        <v>692</v>
+      </c>
+      <c r="D124" t="s">
         <v>699</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="E124" t="s">
         <v>20</v>
       </c>
       <c r="F124" t="s">
-        <v>21</v>
+        <v>514</v>
       </c>
       <c r="G124" t="s">
         <v>22</v>
       </c>
       <c r="H124">
         <v>2016</v>
       </c>
       <c r="I124"/>
       <c r="J124" t="s">
-        <v>700</v>
+        <v>693</v>
       </c>
       <c r="K124" t="s">
         <v>24</v>
       </c>
       <c r="L124"/>
       <c r="M124" t="s">
+        <v>694</v>
+      </c>
+      <c r="N124" t="s">
+        <v>34</v>
+      </c>
+      <c r="O124" t="s">
+        <v>700</v>
+      </c>
+      <c r="P124" t="s">
         <v>701</v>
-      </c>
-[...7 lines deleted...]
-        <v>703</v>
       </c>
     </row>
     <row r="125" spans="1:16">
       <c r="A125" t="s">
-        <v>704</v>
+        <v>702</v>
       </c>
       <c r="B125" t="s">
-        <v>705</v>
+        <v>703</v>
       </c>
       <c r="C125" t="s">
+        <v>692</v>
+      </c>
+      <c r="D125" t="s">
         <v>699</v>
-      </c>
-[...1 lines deleted...]
-        <v>706</v>
       </c>
       <c r="E125" t="s">
         <v>20</v>
       </c>
       <c r="F125" t="s">
         <v>514</v>
       </c>
       <c r="G125" t="s">
         <v>22</v>
       </c>
       <c r="H125">
         <v>2016</v>
       </c>
       <c r="I125"/>
       <c r="J125" t="s">
-        <v>700</v>
+        <v>693</v>
       </c>
       <c r="K125" t="s">
         <v>24</v>
       </c>
       <c r="L125"/>
       <c r="M125" t="s">
-        <v>701</v>
+        <v>694</v>
       </c>
       <c r="N125" t="s">
         <v>34</v>
       </c>
       <c r="O125" t="s">
-        <v>707</v>
+        <v>704</v>
       </c>
       <c r="P125" t="s">
-        <v>708</v>
+        <v>705</v>
       </c>
     </row>
     <row r="126" spans="1:16">
       <c r="A126" t="s">
-        <v>709</v>
+        <v>706</v>
       </c>
       <c r="B126" t="s">
-        <v>710</v>
+        <v>707</v>
       </c>
       <c r="C126" t="s">
+        <v>692</v>
+      </c>
+      <c r="D126" t="s">
         <v>699</v>
-      </c>
-[...1 lines deleted...]
-        <v>706</v>
       </c>
       <c r="E126" t="s">
         <v>20</v>
       </c>
       <c r="F126" t="s">
-        <v>514</v>
+        <v>21</v>
       </c>
       <c r="G126" t="s">
         <v>22</v>
       </c>
       <c r="H126">
         <v>2016</v>
       </c>
       <c r="I126"/>
       <c r="J126" t="s">
-        <v>700</v>
+        <v>693</v>
       </c>
       <c r="K126" t="s">
         <v>24</v>
       </c>
       <c r="L126"/>
       <c r="M126" t="s">
-        <v>701</v>
+        <v>694</v>
       </c>
       <c r="N126" t="s">
         <v>34</v>
       </c>
       <c r="O126" t="s">
-        <v>711</v>
+        <v>708</v>
       </c>
       <c r="P126" t="s">
-        <v>712</v>
+        <v>709</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>713</v>
+        <v>710</v>
       </c>
       <c r="B127" t="s">
-        <v>714</v>
+        <v>711</v>
       </c>
       <c r="C127" t="s">
-        <v>699</v>
+        <v>18</v>
       </c>
       <c r="D127" t="s">
-        <v>706</v>
+        <v>712</v>
       </c>
       <c r="E127" t="s">
-        <v>20</v>
+        <v>189</v>
       </c>
       <c r="F127" t="s">
-        <v>21</v>
+        <v>190</v>
       </c>
       <c r="G127" t="s">
         <v>22</v>
       </c>
       <c r="H127">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="I127"/>
       <c r="J127" t="s">
-        <v>700</v>
+        <v>170</v>
       </c>
       <c r="K127" t="s">
-        <v>24</v>
+        <v>171</v>
       </c>
       <c r="L127"/>
       <c r="M127" t="s">
-        <v>701</v>
+        <v>193</v>
       </c>
       <c r="N127" t="s">
-        <v>34</v>
+        <v>173</v>
       </c>
       <c r="O127" t="s">
-        <v>715</v>
+        <v>713</v>
       </c>
       <c r="P127" t="s">
-        <v>716</v>
-[...45 lines deleted...]
-        <v>721</v>
+        <v>714</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">