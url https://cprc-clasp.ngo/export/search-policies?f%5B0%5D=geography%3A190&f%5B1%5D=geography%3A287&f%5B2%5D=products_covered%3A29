--- v0 (2025-12-01)
+++ v1 (2026-01-26)
@@ -62,261 +62,261 @@
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
-[...182 lines deleted...]
-    <t>MEPS for indoor LED lamps</t>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
   </si>
   <si>
     <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
 One star - 80-90 lm/W
 Two star - &gt;98-108 lm/W
 Three star - &gt;108-119 lm/W
 Four star - &gt;119 - 135 lm/W
 Five star - &gt; 135 lm/W
 The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
   </si>
   <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
+    <t>Electricity</t>
+  </si>
+  <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
+  </si>
+  <si>
+    <t>This policy regulates self-ballasted Light-Emitting Diode (LED) lamps with a rated power of up to 60 watts and a rated voltage of &gt;50V  up to 250V. The minimum energy performance standard for self-ballasted LED lamps is an energy efficiency of 80 lumens per watt.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-20kek07djes2024-led-lamps</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
+    <t>INTE E12-1 2015</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum efficiency limits for compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
+    <t>Costa Rica</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>September 2018</t>
+  </si>
+  <si>
+    <t>ISO 3951-1</t>
+  </si>
+  <si>
+    <t>Institute of Technical Standards of Costa Rica</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inte-e12-1-2015</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-1-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-requisitos-1285?search=INTE+28</t>
+  </si>
+  <si>
+    <t>INTE E12-2 2015</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label, compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inte-e12-2-2015</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-2-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-etiquetado-1197?search=INTE+28</t>
+  </si>
+  <si>
+    <t>INTE E18-1: 2020</t>
+  </si>
+  <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes -LEDs- intended for roads and outdoor areas.</t>
+  </si>
+  <si>
+    <t>Streetlighting</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inte-e18-1-2020</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?search=INTE+28</t>
+  </si>
+  <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes (LED), intended for roads and outdoor areas</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inte-e18-1-2020-0</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?variant=7414</t>
+  </si>
+  <si>
+    <t>INTE E18-2 2016</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; of the light emitting diode -LED- luminaires for public lighting. This standard applies to luminaires with LED lighting components; which are sold and installed in the national territory to illuminate outdoor areas that have one or more of the following characteristics: roads; parks; or parking lots.</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inte-e18-2-2016</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-2-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-para-alumbrado-publico-etiquetado-872?search=INTE+E18</t>
+  </si>
+  <si>
+    <t>INTE E19-1 2020</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; for high intensity discharge lamps -HID- for general lighting. This standard applies to discharge lamps in high intensity; intended for the lighting of the residential; commercial; services; industrial and public lighting sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inte-e19-1-2020</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for high intensity discharge (HID) lamps for general lighting. This standard applies to high intensity discharge lamps (HID), intended for lighting residential, commercial, services, industrial and public lighting sectors that are marketed in the national territory</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inte-e19-1-2020-0</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?variant=5672</t>
+  </si>
+  <si>
+    <t>INTE E22-1 2016</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum efficiency limits for linear fluorescent lamps. This standard applies to linear fluorescent lamps; intended for lighting residential; commercial; services and industrial sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inte-e22-1-2016</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-1-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-requisitos-1480?search=INTE+28</t>
+  </si>
+  <si>
+    <t>INTE E22-1 2020</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps. This standard applies to linear fluorescent lamps intended for lighting residential; commercial; services and industrial sectors that are marketed in the National territory.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inte-e22-1-2020</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
+    <t>INTE E22-2 2020</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps (LFL). This standard applies to linear fluorescent lamps, intended for lighting residential, commercial, service and industrial sectors that are marketed in the national territory. This standard does not apply to types of lamps that have one or more of the following characteristics: - Linear fluorescent lamps with a length of less than 50 cm, color temperature greater than 7000 K, designed to operate at low temperatures, ultraviolet and other special applications. . - Compact fluorescent lamp without integrated ballast, circular fluorescent lamps.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inte-e22-2-2020</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?variant=5673</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
     <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
     <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No.18 of 2014 on Energy labels for energy saving lights</t>
   </si>
   <si>
     <t>The MEPS and labeling requirements covers self-ballasted lamps (CFL).</t>
   </si>
@@ -757,691 +757,689 @@
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
         <v>2022</v>
       </c>
-      <c r="I2">
-[...1 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
-      <c r="L2"/>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
       <c r="M2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="P2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
-        <v>2000</v>
+        <v>2022</v>
       </c>
       <c r="I3">
-        <v>2015</v>
+        <v>2024</v>
       </c>
       <c r="J3" t="s">
         <v>33</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="L3" t="s">
+      <c r="L3"/>
+      <c r="M3" t="s">
         <v>34</v>
       </c>
-      <c r="M3" t="s">
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
         <v>35</v>
       </c>
-      <c r="N3" t="s">
-[...2 lines deleted...]
-      <c r="O3" t="s">
+      <c r="P3" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
         <v>38</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>39</v>
       </c>
-      <c r="C4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D4" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
         <v>2000</v>
       </c>
       <c r="I4">
         <v>2015</v>
       </c>
       <c r="J4" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="L4"/>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
       <c r="M4" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="N4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="P4" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="B5" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="C5" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="D5" t="s">
-        <v>45</v>
+        <v>32</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
-        <v>2016</v>
+        <v>2000</v>
       </c>
       <c r="I5">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="J5" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="N5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="P5" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="B6" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="C6" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="D6" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2016</v>
       </c>
       <c r="I6">
         <v>2020</v>
       </c>
       <c r="J6" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="N6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="P6" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
+        <v>39</v>
+      </c>
+      <c r="D7" t="s">
         <v>53</v>
-      </c>
-[...4 lines deleted...]
-        <v>45</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>40</v>
       </c>
       <c r="G7" t="s">
-        <v>54</v>
+        <v>22</v>
       </c>
       <c r="H7">
         <v>2016</v>
       </c>
-      <c r="I7"/>
+      <c r="I7">
+        <v>2020</v>
+      </c>
       <c r="J7" t="s">
-        <v>33</v>
+        <v>54</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="N7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="P7" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="B8" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="C8" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="D8" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H8">
         <v>2016</v>
       </c>
-      <c r="I8">
-[...1 lines deleted...]
-      </c>
+      <c r="I8"/>
       <c r="J8" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="N8" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="P8" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="B9" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="C9" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="D9" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>2016</v>
       </c>
       <c r="I9">
         <v>2020</v>
       </c>
       <c r="J9" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="N9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="P9" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B10" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="C10" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="D10" t="s">
-        <v>66</v>
+        <v>32</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
-        <v>2000</v>
+        <v>2016</v>
       </c>
       <c r="I10">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="J10" t="s">
-        <v>33</v>
+        <v>54</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="N10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="P10" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="B11" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="D11" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>40</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>2000</v>
       </c>
       <c r="I11">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="J11" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="N11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="P11" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="B12" t="s">
+        <v>78</v>
+      </c>
+      <c r="C12" t="s">
+        <v>39</v>
+      </c>
+      <c r="D12" t="s">
         <v>74</v>
-      </c>
-[...4 lines deleted...]
-        <v>66</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
-        <v>2016</v>
+        <v>2000</v>
       </c>
       <c r="I12">
         <v>2020</v>
       </c>
       <c r="J12" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="N12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="P12" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="B13" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="C13" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="D13" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
-        <v>2022</v>
+        <v>2016</v>
       </c>
       <c r="I13">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="J13" t="s">
-        <v>80</v>
+        <v>54</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="L13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L13"/>
       <c r="M13" t="s">
-        <v>82</v>
+        <v>43</v>
       </c>
       <c r="N13" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O13" t="s">
         <v>83</v>
       </c>
       <c r="P13" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>85</v>
       </c>
       <c r="B14" t="s">
         <v>86</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
         <v>87</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="H14">
         <v>2021</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
         <v>88</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>82</v>
+        <v>26</v>
       </c>
       <c r="N14" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O14" t="s">
         <v>89</v>
       </c>
       <c r="P14" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>91</v>
       </c>
       <c r="B15" t="s">
         <v>92</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
         <v>93</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2013</v>
       </c>
       <c r="I15">
         <v>2016</v>
       </c>
       <c r="J15" t="s">
         <v>88</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
         <v>94</v>
       </c>
       <c r="M15" t="s">
-        <v>82</v>
+        <v>26</v>
       </c>
       <c r="N15" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O15" t="s">
         <v>95</v>
       </c>
       <c r="P15" t="s">
         <v>96</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>