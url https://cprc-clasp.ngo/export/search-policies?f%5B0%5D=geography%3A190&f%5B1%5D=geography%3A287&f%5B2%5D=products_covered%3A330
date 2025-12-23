--- v0 (2025-11-08)
+++ v1 (2025-12-23)
@@ -12,134 +12,134 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators</t>
+    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators (Amendment)</t>
   </si>
   <si>
     <t>This policy establishes MEPS and label for refrigerators that have a maximum capacity of 300 (three hundred) liters and a maximum electrical voltage of 250 (two hundred fifty) volts.</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators-amendment</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
   </si>
   <si>
     <t>INTE E10-1 2015</t>
   </si>
   <si>
     <t>This standard establishes the specifications to determine the values of energy consumption per liter for self-contained commercial refrigeration equipment.</t>
   </si>
   <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e10-1-2015</t>
   </si>
@@ -173,79 +173,82 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e11-1-2015</t>
   </si>
   <si>
     <t>https://inteco.org/tienda/catalogo/INTEE1112015</t>
   </si>
   <si>
     <t>INTE E11-2 2015</t>
   </si>
   <si>
     <t>This standard specifies the label of energy consumption and its contents of household  refrigerators and  freezers operated by hermetic motor compressor. This standard applies to refrigerators up to 1104 liters and  freezers up to 850 liters operated by hermetic motor compressors.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e11-2-2015</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e11-2-2015-eficiencia-energetica-refrigeradores-electrodomesticos-y-congeladores-electrodomesticos-etiquetado-1420?search=INTE+28</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Refrigerator</t>
   </si>
   <si>
     <t>This document specifies MEPS and labeling requirements cover refrigerators with capacity up to 300 L and voltage up to 250 V (HS code: 8418.10.11, 8418.10.19, 8418.21.10, 8418.21.90, 8418.29.00).</t>
   </si>
   <si>
-    <t>Entered into force, New</t>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>SNI 8557-1:2018 IEC 62552-1:2015
 ,   
                     SNI IEC 62552-2:2016
 ,   
                     SNI 8557-3:2018 IEC 62552-3:2015</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-0</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124138_113KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_LEMARI_PENDINGIN.PDF</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
     <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
     <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -572,51 +575,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="181.527" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="833.939" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="101.404" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="62.413" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="201.665" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -656,55 +659,53 @@
         <v>15</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
-      <c r="H2">
+      <c r="H2"/>
+      <c r="I2">
         <v>2024</v>
-      </c>
-[...1 lines deleted...]
-        <v>2021</v>
       </c>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2"/>
       <c r="M2" t="s">
         <v>25</v>
       </c>
       <c r="N2" t="s">
         <v>26</v>
       </c>
       <c r="O2" t="s">
         <v>27</v>
       </c>
       <c r="P2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>29</v>
       </c>
@@ -942,74 +943,74 @@
       </c>
       <c r="P7" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>59</v>
       </c>
       <c r="B8" t="s">
         <v>60</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>61</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="H8">
         <v>2021</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
         <v>54</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="N8" t="s">
         <v>26</v>
       </c>
       <c r="O8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="P8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">