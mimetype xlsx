--- v0 (2025-11-07)
+++ v1 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -68,126 +68,123 @@
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezer</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency lable for freezer with size up to or equal to 320 L, chest type with solid door.</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
+    <t>Malaysia</t>
   </si>
   <si>
     <t>Refrigeration, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 62552-1:2015/AMD1:2020
 ,   
                     IEC 62552-3:2015/AMD1:2020</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezer</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezers</t>
   </si>
   <si>
     <t>The guideline specifies minimum energy performance standards and star rating for freezer with size up to
 or equal to 320 L, chest type with solid door.</t>
   </si>
   <si>
-    <t>Malaysia</t>
-[...1 lines deleted...]
-  <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezers</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>INTE E11-1 2015</t>
   </si>
   <si>
     <t>This standard establishes the maximum limits of energy consumption of residential refrigerators and freezers operated by hermetic motor compressors. This standard applies to  refrigerators up to 1104 L and  freezers up to 850 L operated by hermetic motor compressors. This standard does not apply to refrigerator-freezers with partially automatic defrosting.</t>
   </si>
   <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
-  </si>
-[...1 lines deleted...]
-    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e11-1-2015</t>
   </si>
   <si>
     <t>https://inteco.org/tienda/catalogo/INTEE1112015</t>
   </si>
   <si>
     <t>INTE E11-2 2015</t>
   </si>
   <si>
     <t>This standard specifies the label of energy consumption and its contents of household  refrigerators and  freezers operated by hermetic motor compressor. This standard applies to refrigerators up to 1104 liters and  freezers up to 850 liters operated by hermetic motor compressors.</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e11-2-2015</t>
   </si>
@@ -528,51 +525,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="75.41" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="423.468" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="101.404" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="201.665" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -614,222 +611,222 @@
       </c>
       <c r="P1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H2">
         <v>2013</v>
       </c>
       <c r="I2">
         <v>2024</v>
       </c>
       <c r="J2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="K2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="M2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="P2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>33</v>
       </c>
       <c r="H3">
         <v>2025</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
         <v>34</v>
       </c>
       <c r="K3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="M3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O3" t="s">
         <v>35</v>
       </c>
       <c r="P3" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>37</v>
       </c>
       <c r="B4" t="s">
         <v>38</v>
       </c>
       <c r="C4" t="s">
         <v>39</v>
       </c>
       <c r="D4" t="s">
         <v>40</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>41</v>
       </c>
       <c r="G4" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="H4">
         <v>2001</v>
       </c>
       <c r="I4">
         <v>2015</v>
       </c>
       <c r="J4" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="K4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
+        <v>43</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
         <v>44</v>
       </c>
-      <c r="N4" t="s">
-[...2 lines deleted...]
-      <c r="O4" t="s">
+      <c r="P4" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="C5" t="s">
         <v>39</v>
       </c>
       <c r="D5" t="s">
         <v>40</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="G5" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="H5">
         <v>2001</v>
       </c>
       <c r="I5">
         <v>2015</v>
       </c>
       <c r="J5" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="K5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="N5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">