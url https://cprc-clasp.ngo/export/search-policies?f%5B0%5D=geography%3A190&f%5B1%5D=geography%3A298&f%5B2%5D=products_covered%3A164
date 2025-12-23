--- v0 (2025-11-07)
+++ v1 (2025-12-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -131,69 +131,72 @@
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e22-1-2020</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?page=2&amp;search=INTE+28</t>
   </si>
   <si>
     <t>INTE E22-2 2020</t>
   </si>
   <si>
     <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps (LFL). This standard applies to linear fluorescent lamps, intended for lighting residential, commercial, service and industrial sectors that are marketed in the national territory. This standard does not apply to types of lamps that have one or more of the following characteristics: - Linear fluorescent lamps with a length of less than 50 cm, color temperature greater than 7000 K, designed to operate at low temperatures, ultraviolet and other special applications. . - Compact fluorescent lamp without integrated ballast, circular fluorescent lamps.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e22-2-2020</t>
   </si>
   <si>
     <t>https://www.inteco.org/en_US/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?variant=5673</t>
   </si>
   <si>
-    <t>MELS for General Lighting</t>
+    <t>MELS for General Lighting (2019)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-general-lighting</t>
+    <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2019</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy set energy label scheme for all regulated lamps:</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MEPS for General Lighting</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance requirements for the following products: incandescent lamps (25-200W), Compact fluorescent lamps with integrated ballast (CFLi) (up to 60W),  LED lamps with an Edison screw or a bayonet lamp cap (up to 60W), Compact fluorescent lamps without integrated ballast (CFLni), T8 Linear, double-capped, fluorescent lamps (LFL)[0.5 - 1.5]m, and LED lamps designed as a direct replacement for CFLni and T8 LFL without requiring any internal modification of the luminaires.</t>
   </si>
   <si>
     <t>Lighting, Lamps, Tubular Lamps, Non-Directional lamps, HD lamps and retrofits</t>
   </si>
@@ -794,222 +797,222 @@
       </c>
       <c r="P4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>39</v>
       </c>
       <c r="B5" t="s">
         <v>40</v>
       </c>
       <c r="C5" t="s">
         <v>41</v>
       </c>
       <c r="D5" t="s">
         <v>42</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>31</v>
       </c>
       <c r="G5" t="s">
-        <v>8</v>
+        <v>43</v>
       </c>
       <c r="H5">
         <v>2015</v>
       </c>
       <c r="I5">
         <v>2019</v>
       </c>
       <c r="J5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
       <c r="O5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="P5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C6" t="s">
         <v>41</v>
       </c>
       <c r="D6" t="s">
         <v>42</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>31</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2015</v>
       </c>
       <c r="I6">
         <v>2024</v>
       </c>
       <c r="J6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="N6" t="s">
         <v>26</v>
       </c>
       <c r="O6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="P6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B7" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C7" t="s">
         <v>41</v>
       </c>
       <c r="D7" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>8</v>
+        <v>43</v>
       </c>
       <c r="H7">
         <v>2015</v>
       </c>
       <c r="I7">
         <v>2019</v>
       </c>
       <c r="J7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="M7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="N7" t="s">
         <v>26</v>
       </c>
       <c r="O7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="P7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B8" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C8" t="s">
         <v>41</v>
       </c>
       <c r="D8" t="s">
         <v>42</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
         <v>8</v>
       </c>
       <c r="H8">
         <v>2015</v>
       </c>
       <c r="I8">
         <v>2024</v>
       </c>
       <c r="J8" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="N8" t="s">
         <v>26</v>
       </c>
       <c r="O8" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="P8" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">