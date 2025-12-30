--- v0 (2025-11-06)
+++ v1 (2025-12-30)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -185,129 +185,132 @@
   <si>
     <t>This standard establishes the maximum limits of energy consumption of residential refrigerators and freezers operated by hermetic motor compressors. This standard applies to  refrigerators up to 1104 L and  freezers up to 850 L operated by hermetic motor compressors. This standard does not apply to refrigerator-freezers with partially automatic defrosting.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e11-1-2015</t>
   </si>
   <si>
     <t>https://inteco.org/tienda/catalogo/INTEE1112015</t>
   </si>
   <si>
     <t>INTE E11-2 2015</t>
   </si>
   <si>
     <t>This standard specifies the label of energy consumption and its contents of household  refrigerators and  freezers operated by hermetic motor compressor. This standard applies to refrigerators up to 1104 liters and  freezers up to 850 liters operated by hermetic motor compressors.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e11-2-2015</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e11-2-2015-eficiencia-energetica-refrigeradores-electrodomesticos-y-congeladores-electrodomesticos-etiquetado-1420?search=INTE+28</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for Refrigerators</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for the following products:
 - Refrigerators without a freezer up to 900L
 - Refrigerators with a freezer up to 300L
 - Refrigerators with a freezer &gt; 300L to 900L
 - Refrigerators with freezer and through-the-door ice dispenser</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IEC 62552:2007
 ,   
                     ISO 15502:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-refrigerators</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
-    <t>MEPS for Refrigerators</t>
+    <t>MEPS for Refrigerators (2022)</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for the following refrigerators: 
 - Refrigerators without a freezer up to 900L: 
 - Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
 Vadj tot) x 0.409]
 - Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
 - “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
 delivers ice on demand externally through a door.
 - “AEC” means Annual Energy Consumption.</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-0</t>
+    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2022</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2025</t>
   </si>
   <si>
     <t>Singapore Green Labelling Scheme: Refrigerators and Freezers</t>
   </si>
   <si>
     <t>This category establishes criteria for electric household refrigerators (with or without low-temperature compartment), refrigerator-freezer combinations and freezers (chest and upright freezers) used as free-standing, built-under or built-in appliances.</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
@@ -981,51 +984,51 @@
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>53</v>
       </c>
       <c r="B7" t="s">
         <v>54</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>55</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>41</v>
       </c>
       <c r="G7" t="s">
         <v>56</v>
       </c>
       <c r="H7">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
         <v>57</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
         <v>58</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>59</v>
       </c>
       <c r="P7" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>61</v>
@@ -1120,174 +1123,174 @@
       </c>
       <c r="P9" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>71</v>
       </c>
       <c r="B10" t="s">
         <v>72</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
         <v>33</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>34</v>
       </c>
       <c r="G10" t="s">
-        <v>22</v>
+        <v>73</v>
       </c>
       <c r="H10">
         <v>2011</v>
       </c>
       <c r="I10">
         <v>2022</v>
       </c>
       <c r="J10" t="s">
         <v>64</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="M10" t="s">
         <v>58</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="P10" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B11" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
         <v>33</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>34</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H11">
         <v>2011</v>
       </c>
       <c r="I11">
         <v>2025</v>
       </c>
       <c r="J11" t="s">
         <v>57</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
         <v>58</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="P11" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B12" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
         <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F12" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2012</v>
       </c>
       <c r="I12">
         <v>2012</v>
       </c>
       <c r="J12" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="P12" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">