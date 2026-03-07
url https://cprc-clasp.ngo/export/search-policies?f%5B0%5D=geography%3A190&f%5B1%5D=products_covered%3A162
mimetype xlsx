--- v0 (2025-10-12)
+++ v1 (2026-03-07)
@@ -12,188 +12,219 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>INTE E12-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ISO 3951-1</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e12-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-1-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-requisitos-1285?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E12-2 2015</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label, compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e12-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-2-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-etiquetado-1197?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E19-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; for high intensity discharge lamps -HID- for general lighting. This standard applies to discharge lamps in high intensity; intended for the lighting of the residential; commercial; services; industrial and public lighting sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e19-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for high intensity discharge (HID) lamps for general lighting. This standard applies to high intensity discharge lamps (HID), intended for lighting residential, commercial, services, industrial and public lighting sectors that are marketed in the national territory</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e19-1-2020-0</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?variant=5672</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -457,321 +488,354 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N5"/>
+  <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="18" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="58" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="666.409" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="212.234" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2000</v>
+      </c>
+      <c r="I2">
+        <v>2015</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2000</v>
       </c>
-      <c r="H2">
+      <c r="I3">
         <v>2015</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F4" t="s">
+        <v>32</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H4">
+        <v>2016</v>
+      </c>
+      <c r="I4">
+        <v>2020</v>
+      </c>
+      <c r="J4" t="s">
+        <v>37</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>38</v>
+      </c>
+      <c r="P4" t="s">
+        <v>39</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>35</v>
+      </c>
+      <c r="B5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>32</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2016</v>
+      </c>
+      <c r="I5">
+        <v>2020</v>
+      </c>
+      <c r="J5" t="s">
+        <v>37</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="F3" t="s">
-[...106 lines deleted...]
-        <v>32</v>
+      <c r="O5" t="s">
+        <v>41</v>
+      </c>
+      <c r="P5" t="s">
+        <v>42</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>