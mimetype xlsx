--- v0 (2025-10-10)
+++ v1 (2025-12-01)
@@ -12,380 +12,492 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="133">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>NTON 10 006-07 Energy efficiency. Household incandescent lamps. Specifications and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for incandescent tungsten filament lamps for domestic use and similar uses for general lighting, which have:</t>
+  </si>
+  <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CIE 84: 1989, IEC 60064: 1993, IEC 60064 Amendment 1:2000, IEC 60064 Amendment 2:2002</t>
   </si>
   <si>
     <t>Ministerio de Energía y Minas</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-006-07-energy-efficiency-household-incandescent-lamps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=B541D7427B544FD8062576AF0055C74A&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 007-08 Energy efficiency. Three-phase squirrel-cage AC induction motors with a rated output of 0.746 to 373 kW. Limits, test methods and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for open- and closed-loop three-phase squirrel-cage electric AC induction motors with a rated output of 0.746 kW to 373 kW, nominal electric voltage up to 600 V, 60 Hz, horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-007-08-energy-efficiency-three-phase-squirrel-cage-ac-induction-motors-rated</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=6C4B075C6CA9A6D7062577200053D073&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 008-08 Energy efficiency. Self-ballasted compact fluorescent lamps. Requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for compact fluorescent lamps of hot cathode and integrated ballast, with socket that allows them to be placed in conventional incandescent lampholders (E-26 and E-27), at a nominal voltage between 110 V - 240 V, of alternating current and at a frequency of 60 Hz, with nominal power between 5W and 110 W. This standard does not apply to colored, anti-insect and special ultraviolet radiation lamps.</t>
+  </si>
+  <si>
     <t>IEC 60061, IEC 60969, ANSI C78.5-2003, ANSI C78.375-199</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-008-08-energy-efficiency-self-ballasted-compact-fluorescent-lamps-requirements</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=57D693FA1F08E6D2062576B1006EAF30&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 010-08 Self-contained commercial refrigeration equipment</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for self-contained commercial refrigeration equipment powered by electricity, used, rebuilt (imported only) and new. All with capacities from 10 liters (0.01 m3 ) of useful refrigerated volume (depending on energy limits) or more. The types of equipment are:</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>NTON 10-12-08, ISO 23953-1, ISO 3951</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-010-08-self-contained-commercial-refrigeration-equipment</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=8DA230A69B09836A06257920005CFEE0&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 013-08 Energy efficiency. Household refrigerators and freezers. Limits</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for household refrigerators up to 1104 L (39 feet) and household freezers up to 850 L (30 feet) operated by hermetic motor compressor.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>NTON 10-015-08</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-013-08-energy-efficiency-household-refrigerators-and-freezers-limits</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=A93D5D12CF5BBC7D06257862007642C5&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 017-08 Energy efficiency. Window, split, packaged air conditioners. Energy efficiency ratings</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for window air conditioners, split air conditioners, packaged air conditioners with nominal cooling capacities of up to 17,589 W (60,000 Btu/h).</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-017-08-energy-efficiency-window-split-packaged-air-conditioners-energy-efficiency</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=B07CC5D87FAD7A89062579DF004E0350&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>Resolucion No. 40122/16</t>
   </si>
   <si>
+    <t>Lighting (residential and public) LED, tungsten and filament halogen lamps</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolucion-no-4012216</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10180/23517/36906-Resolucion-40122-8Feb2016.pdf</t>
+  </si>
+  <si>
     <t>Resolution No. 136/09 on Technical regulation of energy efficiency in electrical equipment, revised in 2013</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-13609-technical-regulation-energy-efficiency-electrical-equipment-revised</t>
   </si>
   <si>
+    <t>https://www.climate-laws.org/geographies/cuba/policies/resolution-no-136-09-on-technical-regulation-of-energy-efficiency-in-electrical-equipment</t>
+  </si>
+  <si>
     <t>Technical Regulation on Labeling</t>
   </si>
   <si>
     <t>Washing Machines, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/technical-regulation-labeling</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10192/24237146/Anexo+General+RETIQ+U%CC%81ltima+Versio%CC%81n.pdf</t>
+  </si>
+  <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
+  </si>
+  <si>
     <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of refrigeration according to their energy performance, the test methods and the characteristics of the energy efficiency label. This standard applies to the following electrical appliances for domestic use: refrigerators with or without a frozen food storage compartment, refrigerator-freezer, appliances for storing frozen food and freezers, frost-free or not.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>UNIT-IEC 62552:2007, UNIT-NM 60335-1:2010, IEC 60335-2-24:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
     <t>UNIT 1157:2011 Eficiencia energética – Calentadores de agua eléctricos de acumulación de uso doméstico- Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for household electric water heater storage.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>UNIT-IEC 60379: 1987 1ª Revisión, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21: 2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11572011-eficiencia-energetica-calentadores-de-agua-electricos-de-acumulacion-de-uso</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1157_2011-_Eficiencia_Energetica._Calentadores_de_agua_electricos_de_acumulacion._Especificaciones_y_etiquetado.pdf/cb524e6d-4a9e-410b-958f-1e603cdf0cfa</t>
+  </si>
+  <si>
     <t>UNIT 1157:2011 Electric storage water heaters for domestic use - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of storage electric water heaters for domestic use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>UNIT-IEC 60379:1987, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11572011-electric-storage-water-heaters-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/doc/etiquetado/unit/UNIT%201157%20-%20Eficiencia%20Energ%C3%A9tica.%20Calentadores%20de%20agua%20el%C3%A9ctricos%20de%20acumulaci%C3%B3n.%20Especificaciones%20y%20etiquetado.pdf</t>
+  </si>
+  <si>
     <t>UNIT 1159:2007 Eficiencia energética - Lámparas incandescentes de uso doméstico y similares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for incandescent lamps.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>UNIT 1155:2007, IEC 60064</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11592007-eficiencia-energetica-lamparas-incandescentes-de-uso-domestico-y-similares</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1159+-+Eficiencia+Energetica.+Lamparas+incandescentes+de+uso+domestico+y+similares+-+Especificaciones+etiquetado.pdf/7e86af5f-cb55-4c99-a3f1-1aaed79498db</t>
+  </si>
+  <si>
     <t>UNIT 1160:2007 Compact, circular and tubular fluorescent lamps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of compact, circular and tubular fluorescent lamps according to their energy efficiency, the test method and the characteristics of the energy efficiency label. This standard applies to circular and tubular compact fluorescent lamps, integrated or not, with electromagnetic or electronic ballast, which have:
+-Rated power between 5 W and 110 W inclusive;
+-Nominal mains voltage for compact fluorescent lamps with ballast between 100 V and 250 V;
+-Sockets for compact lamps with integrated ballast E26, E27 and E40.</t>
+  </si>
+  <si>
     <t>UNIT 1155:2007, IEC 60081, IEC 60901, IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11602007-compact-circular-and-tubular-fluorescent-lamps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1160+-+Eficiencia+Energetica.+Lamparas+fluorescentes+compactas%2C+circulares+y+tubulares.+Especificaciones+y+etiquetado.pdf/0de30c77-9758-48ed-b393-3085dcf6af48</t>
+  </si>
+  <si>
     <t>UNIT 1160:2007 Eficiencia energética - Lámparas fluorescentes compactas, circulares y tubulares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for compact, circular, and tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11602007-eficiencia-energetica-lamparas-fluorescentes-compactas-circulares-y</t>
   </si>
   <si>
     <t>UNIT 1170: 2009 Air conditioners and heat pumps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of air conditioners and heat pumps for domestic or similar use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>UNIT-ISO 5151, UNIT-IEC 60335-1:1992, IEC 60335-2-40</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-1170-2009-air-conditioners-and-heat-pumps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1170+-+Eficiencia+Energetica.+Acondicionadores+de+aire+y+bombas+de+calor.+Especificaciones+y+etiquetado.pdf/26a59c64-d828-496f-ae33-a4f07eadacf7</t>
+  </si>
+  <si>
     <t>UNIT 1170: 2009 Eficiencia Energética - Acondicionadores de aire y bombas de calor - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for air conditioners and heat pumps for domestic use. It applies to air conditioners and heat pumps that have a capacity of up to 12kW and are included in the scope of UNIT-ISO 5151.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/unit-1170-2009-eficiencia-energetica-acondicionadores-de-aire-y-bombas-de-calor</t>
   </si>
   <si>
     <t>UNIT 1218:2018 Eficiencia energética ̶ Lámparas LED ̶ Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for LED lamps with built-in ballast.</t>
+  </si>
+  <si>
     <t>UNIT 1155:2007, UNIT-IEC 62560:2011, UNIT-IEC 62612:2013,  IEC 61000-3-2:2014, IEC/TS 62504:2011, EN 13032-4, IES LM 79</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-12182018-eficiencia-energetica-lamparas-led-especificaciones-y-etiquetado</t>
+  </si>
+  <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1218_2018.pdf/fd67f6b2-764b-4c96-988a-ae621dc022d0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -649,953 +761,1076 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N20"/>
+  <dimension ref="A1:P20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="196" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="196.952" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="510.732" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="198.095" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="267.649" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2010</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
         <v>2009</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>37</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>38</v>
+      </c>
+      <c r="P4" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>42</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H5">
+        <v>2011</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>43</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>44</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>45</v>
+      </c>
+      <c r="P5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>49</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2010</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L6" t="s">
+        <v>50</v>
+      </c>
+      <c r="M6" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N6" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="O6" t="s">
+        <v>51</v>
+      </c>
+      <c r="P6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>53</v>
+      </c>
+      <c r="B7" t="s">
+        <v>54</v>
+      </c>
+      <c r="C7" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
+      <c r="D7" t="s">
+        <v>55</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2012</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>56</v>
+      </c>
+      <c r="P7" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>58</v>
+      </c>
+      <c r="B8" t="s">
+        <v>59</v>
+      </c>
+      <c r="C8" t="s">
+        <v>60</v>
+      </c>
+      <c r="D8" t="s">
+        <v>61</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>62</v>
+      </c>
+      <c r="H8">
+        <v>2009</v>
+      </c>
+      <c r="I8">
+        <v>2016</v>
+      </c>
+      <c r="J8" t="s">
+        <v>63</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>64</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" t="s">
+        <v>60</v>
+      </c>
+      <c r="D9" t="s">
+        <v>69</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>62</v>
+      </c>
+      <c r="H9">
+        <v>2009</v>
+      </c>
+      <c r="I9">
+        <v>2013</v>
+      </c>
+      <c r="J9" t="s">
+        <v>63</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>64</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>70</v>
+      </c>
+      <c r="P9" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>72</v>
+      </c>
+      <c r="B10" t="s">
+        <v>68</v>
+      </c>
+      <c r="C10" t="s">
+        <v>60</v>
+      </c>
+      <c r="D10" t="s">
+        <v>73</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>74</v>
+      </c>
+      <c r="G10" t="s">
+        <v>62</v>
+      </c>
+      <c r="H10">
+        <v>2009</v>
+      </c>
+      <c r="I10">
+        <v>2016</v>
+      </c>
+      <c r="J10" t="s">
+        <v>63</v>
+      </c>
+      <c r="K10" t="s">
+        <v>75</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>64</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>76</v>
+      </c>
+      <c r="P10" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>78</v>
+      </c>
+      <c r="B11" t="s">
+        <v>79</v>
+      </c>
+      <c r="C11" t="s">
+        <v>80</v>
+      </c>
+      <c r="D11" t="s">
+        <v>49</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2011</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>81</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>82</v>
+      </c>
+      <c r="M11" t="s">
+        <v>83</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>84</v>
+      </c>
+      <c r="P11" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>86</v>
+      </c>
+      <c r="B12" t="s">
+        <v>87</v>
+      </c>
+      <c r="C12" t="s">
+        <v>80</v>
+      </c>
+      <c r="D12" t="s">
+        <v>49</v>
+      </c>
+      <c r="E12" t="s">
+        <v>88</v>
+      </c>
+      <c r="F12" t="s">
+        <v>74</v>
+      </c>
+      <c r="G12" t="s">
+        <v>62</v>
+      </c>
+      <c r="H12">
+        <v>2008</v>
+      </c>
+      <c r="I12">
+        <v>2011</v>
+      </c>
+      <c r="J12" t="s">
+        <v>89</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>90</v>
+      </c>
+      <c r="M12" t="s">
+        <v>83</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>91</v>
+      </c>
+      <c r="P12" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>92</v>
+      </c>
+      <c r="B13" t="s">
+        <v>93</v>
+      </c>
+      <c r="C13" t="s">
+        <v>80</v>
+      </c>
+      <c r="D13" t="s">
+        <v>94</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>62</v>
+      </c>
+      <c r="H13">
+        <v>2009</v>
+      </c>
+      <c r="I13">
+        <v>2011</v>
+      </c>
+      <c r="J13" t="s">
+        <v>81</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>95</v>
+      </c>
+      <c r="M13" t="s">
+        <v>83</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>96</v>
+      </c>
+      <c r="P13" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>98</v>
+      </c>
+      <c r="B14" t="s">
+        <v>99</v>
+      </c>
+      <c r="C14" t="s">
+        <v>80</v>
+      </c>
+      <c r="D14" t="s">
+        <v>94</v>
+      </c>
+      <c r="E14" t="s">
+        <v>88</v>
+      </c>
+      <c r="F14" t="s">
+        <v>74</v>
+      </c>
+      <c r="G14" t="s">
+        <v>62</v>
+      </c>
+      <c r="H14">
+        <v>2007</v>
+      </c>
+      <c r="I14">
+        <v>2011</v>
+      </c>
+      <c r="J14" t="s">
+        <v>89</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>100</v>
+      </c>
+      <c r="M14" t="s">
+        <v>83</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>101</v>
+      </c>
+      <c r="P14" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>103</v>
+      </c>
+      <c r="B15" t="s">
+        <v>104</v>
+      </c>
+      <c r="C15" t="s">
+        <v>80</v>
+      </c>
+      <c r="D15" t="s">
+        <v>105</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>106</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2007</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>81</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>107</v>
+      </c>
+      <c r="M15" t="s">
+        <v>83</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>108</v>
+      </c>
+      <c r="P15" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>110</v>
+      </c>
+      <c r="B16" t="s">
+        <v>111</v>
+      </c>
+      <c r="C16" t="s">
+        <v>80</v>
+      </c>
+      <c r="D16" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
-[...3 lines deleted...]
-      <c r="I3" t="s">
+      <c r="E16" t="s">
+        <v>88</v>
+      </c>
+      <c r="F16" t="s">
+        <v>74</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2007</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>89</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>112</v>
+      </c>
+      <c r="M16" t="s">
+        <v>83</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>113</v>
+      </c>
+      <c r="P16" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>115</v>
+      </c>
+      <c r="B17" t="s">
+        <v>116</v>
+      </c>
+      <c r="C17" t="s">
+        <v>80</v>
+      </c>
+      <c r="D17" t="s">
+        <v>117</v>
+      </c>
+      <c r="E17" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F17" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...3 lines deleted...]
-      <c r="M3" t="s">
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2007</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>81</v>
+      </c>
+      <c r="K17" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...22 lines deleted...]
-      <c r="G4">
+      <c r="L17" t="s">
+        <v>112</v>
+      </c>
+      <c r="M17" t="s">
+        <v>83</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>118</v>
+      </c>
+      <c r="P17" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>119</v>
+      </c>
+      <c r="B18" t="s">
+        <v>120</v>
+      </c>
+      <c r="C18" t="s">
+        <v>80</v>
+      </c>
+      <c r="D18" t="s">
+        <v>121</v>
+      </c>
+      <c r="E18" t="s">
+        <v>88</v>
+      </c>
+      <c r="F18" t="s">
+        <v>74</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
         <v>2009</v>
       </c>
-      <c r="H4"/>
-      <c r="I4" t="s">
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>89</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>122</v>
+      </c>
+      <c r="M18" t="s">
+        <v>83</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>123</v>
+      </c>
+      <c r="P18" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>125</v>
+      </c>
+      <c r="B19" t="s">
+        <v>126</v>
+      </c>
+      <c r="C19" t="s">
+        <v>80</v>
+      </c>
+      <c r="D19" t="s">
+        <v>55</v>
+      </c>
+      <c r="E19" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
+      <c r="F19" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...5 lines deleted...]
-      <c r="M4" t="s">
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2009</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>81</v>
+      </c>
+      <c r="K19" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-[...29 lines deleted...]
-      <c r="J5" t="s">
+      <c r="L19" t="s">
+        <v>122</v>
+      </c>
+      <c r="M19" t="s">
+        <v>83</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>127</v>
+      </c>
+      <c r="P19" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>128</v>
+      </c>
+      <c r="B20" t="s">
+        <v>129</v>
+      </c>
+      <c r="C20" t="s">
+        <v>80</v>
+      </c>
+      <c r="D20" t="s">
+        <v>105</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
         <v>21</v>
       </c>
-      <c r="K5" t="s">
-[...5 lines deleted...]
-      <c r="M5" t="s">
+      <c r="G20" t="s">
+        <v>62</v>
+      </c>
+      <c r="H20">
+        <v>2014</v>
+      </c>
+      <c r="I20">
+        <v>2018</v>
+      </c>
+      <c r="J20" t="s">
+        <v>81</v>
+      </c>
+      <c r="K20" t="s">
         <v>24</v>
       </c>
-      <c r="N5" t="s">
-[...456 lines deleted...]
-      <c r="K16" t="s">
+      <c r="L20" t="s">
+        <v>130</v>
+      </c>
+      <c r="M20" t="s">
         <v>83</v>
       </c>
-      <c r="L16" t="s">
-[...174 lines deleted...]
-      </c>
       <c r="N20" t="s">
-        <v>96</v>
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>131</v>
+      </c>
+      <c r="P20" t="s">
+        <v>132</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>