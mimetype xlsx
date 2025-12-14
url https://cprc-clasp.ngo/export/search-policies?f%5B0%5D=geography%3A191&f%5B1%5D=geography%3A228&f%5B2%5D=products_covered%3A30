--- v0 (2025-10-15)
+++ v1 (2025-12-14)
@@ -12,443 +12,621 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="118">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="171">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>2011-330-EU: Commission Decision of 6 June 2011 on establishing the ecological criteria for the award of the EU Ecolabel for notebook computers</t>
   </si>
   <si>
+    <t>The product group 'notebook computers' shall comprise devices which have the following characteristics:  A. they perform logical operations and process data and are designed specifically for portability and to be operated for extended periods of time either with or without a direct connection to an AC power source;   B. they utilise an integrated computer display and are capable of operation off an integrated battery or other portable power source. If a notebook computer is delivered with an external power supply this power supply is considered part of the notebook computer.  For the purpose of this Decision; tablet personal computers; which may use touch-sensitive screens along with or instead of other input devices shall be considered notebook computers. Digital picture frames shall not be considered notebook computers for the purpose of this Decision.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/2011-330-eu-commission-decision-6-june-2011-establishing-ecological-criteria-award-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32011D0330</t>
+  </si>
+  <si>
     <t>Commission Decision 2013-806 2013/806/EU: Commission Decision of 17 December 2013 establishing the ecological criteria for the award of the EU Ecolabel for imaging equipment (notified under document C(2013) 9097)</t>
   </si>
   <si>
+    <t>1. The product group imaging equipment shall comprise products which are marketed for office or domestic use; or both; and produce printed images; in the form of paper document or photo; through a marking process from one or both of the following: A. a digital image; provided by a network or card interface;  B. a hardcopy through a copying process.  Imaging equipment which have the additional function to produce a digital image from a hard copy through a scanning process are included in the scope of this Decision. This Decision shall apply to products which are marketed as printers; copiers and multifunctional devices.    2. Fax machines; digital duplicators; mailing machines and scanners are excluded from the scope of this Decision.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-decision-2013-806-2013806eu-commission-decision-17-december-2013-establishing</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013D0806</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2023/1669 of 16 June 2023 with regard to the energy labelling of smartphones and slate tablets</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of smartphones and slate tablets, and the provision of supplementary product information on smartphones and slate tablets.
+In addition to the energy efficiency score, the regulation includes requirements for the display of battery endurance, battery degradation, resistance to being dropped, repairability, and ingress protection on the energy label. 
+Reference test methods are listed in Annex IVa.
+This Regulation does not apply to the following products:
+(a) mobile phones and tablets with a flexible main display which the user can unroll and roll up partly or fully.
+(b) smartphones for high security communication.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Phones and tablets</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20231669-16-june-2023-regard-energy-labelling</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1669</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/424 of 15 March 2019 laying down ecodesign requirements for servers and data storage products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Computers, Servers</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-1</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/424/contents/2019-03-15</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.  
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-servers</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R0424-20210501</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/617/2020-01-31</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/1670 of 16 June 2023 laying down ecodesign requirements for smartphones &amp; mobile phones</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of smartphones, other mobile phones, cordless phones and slate tablets.
+These requirements include rules for the availability of spare parts, access to repair and maintenance information, maximum delivery time of spare parts, information on the price of spart parts, disassembly, reliability, and recyclability.  
+This Regulation does not apply to the following products:
+(a) mobile phones and tablets with a flexible main display which the user can unroll and roll up partly or fully.
+(b) smartphones for high security communication.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20231670-16-june-2023-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1670</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2008/1275/contents</t>
+  </si>
+  <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
+  </si>
+  <si>
     <t>Commission Regulation EC No 1275-2008 of 17 December 2008</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements related to standby and off mode electric power consumption. This Regulation applies to electrical and electronic household and office equipment.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-ec-no-1275-2008-17-december-2008</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32008R1275</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Computers and Keyboards (DE/UZ 78)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to the notebook computers as defined in paragraph 1.5 of the document.  The following devices do not fall within the scope of these Basic Criteria: Mobile phones, smartphones, MDAs, PDAs and similar mobile devices.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-computers-and-keyboards-deuz-78</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20078-201701-en-Criteria-V3.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Cordless Phones (DE-UZ 131)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to cordless phones and base stations according to the DECT standard or a similar standard. The devices shall be primarily designed for transmitting phone calls and messages. They may, however, also provide additional functions, such as answering machine, organizer, wireless Internet access or data transmission via infrared port or bluetooth, Class III. Excluded are cordless phones with WLAN function.</t>
+  </si>
+  <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-digital-cordless-phones-de-uz-131</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20131-201404-en%20Criteria-2018-10-15.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Energy Efficient Data Center Operation (DE-UZ 161)</t>
   </si>
   <si>
+    <t>Within the scope of these Basic Award Criteria, a data center is defined as follows: A data center is capable of securely, permanently and centrally processing large amounts of data over a long period of time. In the process, the data center shall still possess these capabilities even when individual capabilities are not being used e.g. operation over a long period of time.</t>
+  </si>
+  <si>
     <t>Servers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-energy-efficient-data-center-operation-de-uz-161</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20161-201901-en%20Criteria-2019-03-21.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Office Equipment with Printing Function (Printers and Multifunction Devices) (DE-UZ 205)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to office devices (usually referred to as printers and/or multifunction devices) which at least:
+• offer printing as their primary function,
+• are capable of producing monochrome or colour printouts (4-colour-printing) on standard paper with a grammage of 60 to 80 g/m2,
+• are capable of processing media or a minimum format of DIN A4 and up to a maximum format of DIN A3+, and
+• work as electrophotographic devices (LED or laser technology) by using toners or as inkjet devices by using inks (or gels, or waxes).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-office-equipment-printing-function-printers-and-multifunction-devices-de</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20205-201701-en%20Criteria-2020-06-02.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>GOST 16325-88 General-purpose digital computers - General technical requirements</t>
   </si>
   <si>
+    <t>This standard establishes requirements for stationary computers of general purpose, designed to operate both autonomously and in data processing systems.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-16325-88-general-purpose-digital-computers-general-technical-requirements</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19657/</t>
+  </si>
+  <si>
     <t>GOST 19098-87 Plotters for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers plotters for electronic computers.</t>
+  </si>
+  <si>
     <t>October 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-19098-87-plotters-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19703/</t>
+  </si>
+  <si>
     <t>GOST 21776-87 Printers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers printers.</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-21776-87-printers-general-specifications</t>
   </si>
   <si>
+    <t>http://www.internet-law.ru/gosts/gost/38829/</t>
+  </si>
+  <si>
     <t>GOST 24593-87 Graphic input devices for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers graphic input devices for electronic computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-24593-87-graphic-input-devices-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/11933/</t>
+  </si>
+  <si>
     <t>GOST 27201-87 Personal electronic computers - Types, main parameters, general technical requirements</t>
   </si>
   <si>
+    <t>This standard applies to personal electronic computers used as a means of mass automation (mainly to create automated workplaces) in social and industrial spheres of activity in various areas of the national economy and intended for users who do not have special knowledge in the field of computer technology and programming.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-27201-87-personal-electronic-computers-types-main-parameters-general-technical</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19749/</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 015 Imaging Equipment</t>
   </si>
   <si>
+    <t>Copiers, digital duplicators, facsimile machines, multifunction devices MFD, printers and scanners are eligible for a Nordic Ecolabel. The machines may be equipped with external or internal scanners. In this document we collect all of these products under the name imaging equipment.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>RAL-UZ 122 Version June 2006</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-015-imaging-equipment</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=9</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 048 Computers</t>
   </si>
   <si>
     <t>Computers, Displays</t>
   </si>
   <si>
     <t>ENERGY STAR Computer Program Requirements Version 6</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-048-computers</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=25</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Voluntary ecodesign scheme for imaging equipment</t>
   </si>
   <si>
+    <t>The voluntary agreement concluded by the industry lays down specific ecodesign requirements for imaging equipment placed on the EU market. The products covered by the agreement are also subject to the ENERGY STAR voluntary energy labelling programme, which lays down energy labelling requirements for different office equipment, including imaging equipment. As required by the Ecodesign Directive, the signatories to this voluntary scheme represent a large majority of the relevant economic sector. Under the agreement, each signatory undertook that at least 90 % of all imaging equipment models it places on the market would comply with the minimum efficiency requirements in terms of TEC (typical energy consumption) and OM (operational mode). Furthermore, all printing products should offer the ‘N-up printing’ capability as a standard feature and should comply with the requirements for cartridges (e.g. the design should not prevent the reuse/recycling and use of cartridges of other producers). All new products should also comply with the requirements for recycling (e.g. easy disassembly and marking of plastics). Finally, the signatories undertook to comply with the specific information requirements (e.g. information on resource and energy efficiency).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/voluntary-ecodesign-scheme-imaging-equipment</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A52013DC0023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -712,1219 +890,1384 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N27"/>
+  <dimension ref="A1:P27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="255" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="255.938" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1491.065" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2011</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2003</v>
       </c>
-      <c r="H2">
-[...20 lines deleted...]
-      <c r="A3" t="s">
+      <c r="I3">
+        <v>2013</v>
+      </c>
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...32 lines deleted...]
-      </c>
       <c r="N3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="B4" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="C4" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>39</v>
+      </c>
+      <c r="F4" t="s">
+        <v>40</v>
+      </c>
+      <c r="G4" t="s">
+        <v>41</v>
+      </c>
+      <c r="H4">
+        <v>2023</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
         <v>32</v>
       </c>
-      <c r="E4" t="s">
-[...15 lines deleted...]
-      <c r="K4"/>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
       <c r="L4"/>
-      <c r="M4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M4"/>
       <c r="N4" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="C5" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="D5" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="E5" t="s">
         <v>39</v>
       </c>
       <c r="F5" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="G5">
+        <v>48</v>
+      </c>
+      <c r="G5" t="s">
+        <v>41</v>
+      </c>
+      <c r="H5">
         <v>2014</v>
       </c>
-      <c r="H5">
+      <c r="I5">
         <v>2019</v>
       </c>
-      <c r="I5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J5" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K5"/>
+        <v>49</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
       <c r="L5"/>
-      <c r="M5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M5"/>
       <c r="N5" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>52</v>
       </c>
       <c r="C6" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="E6" t="s">
         <v>39</v>
       </c>
       <c r="F6" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G6">
+        <v>48</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
         <v>2014</v>
       </c>
-      <c r="H6">
+      <c r="I6">
         <v>2019</v>
       </c>
-      <c r="I6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J6" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
       <c r="M6" t="s">
-        <v>23</v>
+        <v>53</v>
       </c>
       <c r="N6" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="B7" t="s">
-        <v>37</v>
+        <v>56</v>
       </c>
       <c r="C7" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="D7" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="E7" t="s">
         <v>39</v>
       </c>
       <c r="F7" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G7">
+        <v>48</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
         <v>2014</v>
       </c>
-      <c r="H7">
+      <c r="I7">
         <v>2019</v>
       </c>
-      <c r="I7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J7" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K7"/>
+        <v>49</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
       <c r="L7"/>
-      <c r="M7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M7"/>
       <c r="N7" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>57</v>
+      </c>
+      <c r="P7" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>45</v>
+        <v>59</v>
       </c>
       <c r="B8" t="s">
-        <v>30</v>
+        <v>60</v>
       </c>
       <c r="C8" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="D8" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="E8" t="s">
         <v>39</v>
       </c>
       <c r="F8" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="G8">
+        <v>48</v>
+      </c>
+      <c r="G8" t="s">
+        <v>41</v>
+      </c>
+      <c r="H8">
         <v>2023</v>
       </c>
-      <c r="H8"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I8"/>
       <c r="J8" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K8"/>
+        <v>32</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
       <c r="L8"/>
-      <c r="M8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M8"/>
       <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>61</v>
+      </c>
+      <c r="P8" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>63</v>
+      </c>
+      <c r="B9" t="s">
+        <v>64</v>
+      </c>
+      <c r="C9" t="s">
         <v>46</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      </c>
       <c r="D9" t="s">
-        <v>32</v>
+        <v>65</v>
       </c>
       <c r="E9" t="s">
         <v>39</v>
       </c>
       <c r="F9" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="G9">
+        <v>48</v>
+      </c>
+      <c r="G9" t="s">
+        <v>41</v>
+      </c>
+      <c r="H9">
         <v>2013</v>
       </c>
-      <c r="H9"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I9"/>
       <c r="J9" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K9"/>
+        <v>49</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
       <c r="L9"/>
-      <c r="M9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M9"/>
       <c r="N9" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>66</v>
+      </c>
+      <c r="P9" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>47</v>
+        <v>63</v>
       </c>
       <c r="B10" t="s">
-        <v>15</v>
+        <v>68</v>
       </c>
       <c r="C10" t="s">
-        <v>48</v>
+        <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>32</v>
+        <v>65</v>
       </c>
       <c r="E10" t="s">
         <v>39</v>
       </c>
       <c r="F10" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G10">
+        <v>48</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
         <v>2013</v>
       </c>
-      <c r="H10">
+      <c r="I10">
         <v>2023</v>
       </c>
-      <c r="I10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J10" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
       <c r="M10" t="s">
-        <v>23</v>
+        <v>53</v>
       </c>
       <c r="N10" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>69</v>
+      </c>
+      <c r="P10" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>51</v>
+        <v>71</v>
       </c>
       <c r="B11" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="C11" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>32</v>
+        <v>73</v>
       </c>
       <c r="E11" t="s">
         <v>39</v>
       </c>
       <c r="F11" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="G11">
+        <v>48</v>
+      </c>
+      <c r="G11" t="s">
+        <v>41</v>
+      </c>
+      <c r="H11">
         <v>2013</v>
       </c>
-      <c r="H11"/>
-      <c r="I11" t="s">
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>53</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>74</v>
+      </c>
+      <c r="P11" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>76</v>
+      </c>
+      <c r="B12" t="s">
+        <v>77</v>
+      </c>
+      <c r="C12" t="s">
+        <v>78</v>
+      </c>
+      <c r="D12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" t="s">
         <v>20</v>
       </c>
-      <c r="J11" t="s">
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K11"/>
-[...26 lines deleted...]
-      <c r="F12" t="s">
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2017</v>
+      </c>
+      <c r="I12">
+        <v>2021</v>
+      </c>
+      <c r="J12" t="s">
+        <v>79</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>80</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>81</v>
+      </c>
+      <c r="P12" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>83</v>
+      </c>
+      <c r="B13" t="s">
+        <v>84</v>
+      </c>
+      <c r="C13" t="s">
+        <v>78</v>
+      </c>
+      <c r="D13" t="s">
+        <v>85</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2010</v>
+      </c>
+      <c r="I13">
+        <v>2014</v>
+      </c>
+      <c r="J13" t="s">
+        <v>86</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>80</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>87</v>
+      </c>
+      <c r="P13" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>89</v>
+      </c>
+      <c r="B14" t="s">
+        <v>90</v>
+      </c>
+      <c r="C14" t="s">
+        <v>78</v>
+      </c>
+      <c r="D14" t="s">
+        <v>91</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>41</v>
+      </c>
+      <c r="H14">
+        <v>2019</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>86</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>80</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>92</v>
+      </c>
+      <c r="P14" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>94</v>
+      </c>
+      <c r="B15" t="s">
+        <v>95</v>
+      </c>
+      <c r="C15" t="s">
+        <v>78</v>
+      </c>
+      <c r="D15" t="s">
+        <v>31</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2017</v>
+      </c>
+      <c r="I15">
+        <v>2020</v>
+      </c>
+      <c r="J15" t="s">
+        <v>86</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>80</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>96</v>
+      </c>
+      <c r="P15" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>98</v>
+      </c>
+      <c r="B16" t="s">
+        <v>99</v>
+      </c>
+      <c r="C16" t="s">
+        <v>100</v>
+      </c>
+      <c r="D16" t="s">
         <v>19</v>
       </c>
-      <c r="G12">
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>1994</v>
+      </c>
+      <c r="I16">
+        <v>2020</v>
+      </c>
+      <c r="J16" t="s">
+        <v>101</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>102</v>
+      </c>
+      <c r="M16" t="s">
+        <v>103</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>104</v>
+      </c>
+      <c r="P16" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>106</v>
+      </c>
+      <c r="B17" t="s">
+        <v>107</v>
+      </c>
+      <c r="C17" t="s">
+        <v>100</v>
+      </c>
+      <c r="D17" t="s">
+        <v>31</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2001</v>
+      </c>
+      <c r="I17">
+        <v>2019</v>
+      </c>
+      <c r="J17" t="s">
+        <v>101</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>108</v>
+      </c>
+      <c r="M17" t="s">
+        <v>103</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>109</v>
+      </c>
+      <c r="P17" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>111</v>
+      </c>
+      <c r="B18" t="s">
+        <v>112</v>
+      </c>
+      <c r="C18" t="s">
+        <v>113</v>
+      </c>
+      <c r="D18" t="s">
+        <v>19</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>48</v>
+      </c>
+      <c r="G18" t="s">
+        <v>41</v>
+      </c>
+      <c r="H18">
+        <v>1989</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>101</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>114</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>115</v>
+      </c>
+      <c r="P18" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>117</v>
+      </c>
+      <c r="B19" t="s">
+        <v>118</v>
+      </c>
+      <c r="C19" t="s">
+        <v>113</v>
+      </c>
+      <c r="D19" t="s">
+        <v>31</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>48</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>1989</v>
+      </c>
+      <c r="I19">
+        <v>2015</v>
+      </c>
+      <c r="J19" t="s">
+        <v>119</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>114</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>120</v>
+      </c>
+      <c r="P19" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>122</v>
+      </c>
+      <c r="B20" t="s">
+        <v>123</v>
+      </c>
+      <c r="C20" t="s">
+        <v>113</v>
+      </c>
+      <c r="D20" t="s">
+        <v>31</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>48</v>
+      </c>
+      <c r="G20" t="s">
+        <v>41</v>
+      </c>
+      <c r="H20">
+        <v>1989</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>124</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>114</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>125</v>
+      </c>
+      <c r="P20" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>127</v>
+      </c>
+      <c r="B21" t="s">
+        <v>128</v>
+      </c>
+      <c r="C21" t="s">
+        <v>113</v>
+      </c>
+      <c r="D21" t="s">
+        <v>31</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>48</v>
+      </c>
+      <c r="G21" t="s">
+        <v>41</v>
+      </c>
+      <c r="H21">
+        <v>1989</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>124</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>114</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>129</v>
+      </c>
+      <c r="P21" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>131</v>
+      </c>
+      <c r="B22" t="s">
+        <v>132</v>
+      </c>
+      <c r="C22" t="s">
+        <v>113</v>
+      </c>
+      <c r="D22" t="s">
+        <v>19</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>48</v>
+      </c>
+      <c r="G22" t="s">
+        <v>41</v>
+      </c>
+      <c r="H22">
+        <v>1987</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>101</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>114</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>133</v>
+      </c>
+      <c r="P22" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>135</v>
+      </c>
+      <c r="B23" t="s">
+        <v>136</v>
+      </c>
+      <c r="C23" t="s">
+        <v>113</v>
+      </c>
+      <c r="D23" t="s">
+        <v>137</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>40</v>
+      </c>
+      <c r="G23" t="s">
+        <v>41</v>
+      </c>
+      <c r="H23">
+        <v>2012</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>124</v>
+      </c>
+      <c r="K23" t="s">
+        <v>138</v>
+      </c>
+      <c r="L23" t="s">
+        <v>139</v>
+      </c>
+      <c r="M23" t="s">
+        <v>140</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>141</v>
+      </c>
+      <c r="P23" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>143</v>
+      </c>
+      <c r="B24" t="s">
+        <v>144</v>
+      </c>
+      <c r="C24" t="s">
+        <v>145</v>
+      </c>
+      <c r="D24" t="s">
+        <v>31</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2006</v>
+      </c>
+      <c r="I24">
+        <v>2015</v>
+      </c>
+      <c r="J24" t="s">
+        <v>146</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>147</v>
+      </c>
+      <c r="M24" t="s">
+        <v>148</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>149</v>
+      </c>
+      <c r="P24" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>151</v>
+      </c>
+      <c r="B25" t="s">
+        <v>151</v>
+      </c>
+      <c r="C25" t="s">
+        <v>145</v>
+      </c>
+      <c r="D25" t="s">
+        <v>152</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>41</v>
+      </c>
+      <c r="H25">
+        <v>2015</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>146</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>153</v>
+      </c>
+      <c r="M25" t="s">
+        <v>148</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>154</v>
+      </c>
+      <c r="P25" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>156</v>
+      </c>
+      <c r="B26" t="s">
+        <v>157</v>
+      </c>
+      <c r="C26" t="s">
+        <v>158</v>
+      </c>
+      <c r="D26" t="s">
+        <v>159</v>
+      </c>
+      <c r="E26" t="s">
+        <v>39</v>
+      </c>
+      <c r="F26" t="s">
+        <v>160</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
         <v>2017</v>
       </c>
-      <c r="H12">
+      <c r="I26">
         <v>2021</v>
       </c>
-      <c r="I12" t="s">
-[...258 lines deleted...]
-      <c r="L18" t="s">
+      <c r="J26" t="s">
         <v>79</v>
       </c>
-      <c r="M18" t="s">
-[...306 lines deleted...]
-      <c r="D26" t="s">
+      <c r="K26" t="s">
+        <v>161</v>
+      </c>
+      <c r="L26" t="s">
+        <v>162</v>
+      </c>
+      <c r="M26" t="s">
+        <v>163</v>
+      </c>
+      <c r="N26" t="s">
+        <v>164</v>
+      </c>
+      <c r="O26" t="s">
+        <v>165</v>
+      </c>
+      <c r="P26" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>167</v>
+      </c>
+      <c r="B27" t="s">
+        <v>168</v>
+      </c>
+      <c r="C27" t="s">
+        <v>37</v>
+      </c>
+      <c r="D27" t="s">
+        <v>31</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>48</v>
+      </c>
+      <c r="G27" t="s">
+        <v>41</v>
+      </c>
+      <c r="H27">
+        <v>2013</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
         <v>32</v>
       </c>
-      <c r="E26" t="s">
-[...59 lines deleted...]
-      <c r="K27"/>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
       <c r="L27"/>
-      <c r="M27" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M27"/>
       <c r="N27" t="s">
-        <v>117</v>
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>169</v>
+      </c>
+      <c r="P27" t="s">
+        <v>170</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>