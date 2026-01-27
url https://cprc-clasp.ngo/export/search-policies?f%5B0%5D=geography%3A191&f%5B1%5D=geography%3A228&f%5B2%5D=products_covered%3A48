--- v0 (2025-12-12)
+++ v1 (2026-01-27)
@@ -119,63 +119,64 @@
   <si>
     <t>https://www.legislation.gov.uk/eur/2019/1782/contents</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>Der Blaue Engel - Auto-Off Power Strips and Socket Adapters (DE-UZ 134)</t>
   </si>
   <si>
     <t>These Basic Criteria apply to auto-off power strips or socket adapters (with and without surge protector).</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Power strips</t>
   </si>
@@ -753,55 +754,53 @@
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>34</v>
       </c>
       <c r="B4" t="s">
         <v>35</v>
       </c>
       <c r="C4" t="s">
         <v>36</v>
       </c>
       <c r="D4" t="s">
         <v>37</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
         <v>38</v>
       </c>
       <c r="H4">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I4"/>
       <c r="J4" t="s">
         <v>39</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
         <v>40</v>
       </c>
       <c r="M4" t="s">
         <v>41</v>
       </c>
       <c r="N4" t="s">
         <v>25</v>
       </c>
       <c r="O4" t="s">
         <v>42</v>
       </c>
       <c r="P4" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>44</v>