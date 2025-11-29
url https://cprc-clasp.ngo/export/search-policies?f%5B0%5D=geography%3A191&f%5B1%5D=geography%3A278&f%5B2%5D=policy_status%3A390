--- v0 (2025-10-13)
+++ v1 (2025-11-29)
@@ -12,517 +12,237 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="140">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy labelling and MEPS for Swimming Pool Pumps</t>
   </si>
   <si>
+    <t>This Standard specifies the energy information disclosure, energy labelling and MEPS requirements for swimming pool pump-units. The rating scale for pump units is from 1 to 10. Every star on the label represents a 25% improvement in efficiency, so a 7 star pump will be up to 25% more energy efficient than a 6 star pump, and an 8 star pump will be up to 43% more efficient than a 6 star pump. Many pump-units also report noise levels on the label.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Pool Pumps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>AS 5102.1-2009, AS 5102.2-2009</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labelling-and-meps-swimming-pool-pumps</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2022L00025</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Air Conditioners above 65kW) Determination) 2022</t>
   </si>
   <si>
+    <t>The products covered by this Determination are air‑to‑air single-phase and three-phase: air conditioners; and multi‑split outdoor units (whether or not supplied or offered for supply as part of a multi‑split system); and single‑split outdoor units that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of more than 65kW. Air conditioners that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of 65kW or less are covered by the Air Conditioners up to 65kW Determination. This policy covers product classes 24-27.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-air-conditioners-above-65kw-determination-2022</t>
   </si>
   <si>
-    <t>Greenhouse and Energy Minimum Standards (Air Conditioners up to 65kW) Determination 2019</t>
-[...20 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-ballasts-fluorescent-lamps-determination-2012</t>
+    <t>https://www.legislation.gov.au/Series/F2022L00182</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Close Control Air Conditioners) Determination 2012</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for close control air conditioners (used where temperature and humidity are required to be monitored and maintained within narrow limits, for example, use in computer rooms, data processing units, telecommunications facilities and other industrial process areas) that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
     <t>Climate Controls</t>
   </si>
   <si>
     <t>AS/NZS 4965.1:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-close-control-air-conditioners-determination-2012</t>
   </si>
   <si>
-    <t>Greenhouse and Energy Minimum Standards (Clothes Washing Machines) Determination 2015</t>
-[...110 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-gas-water-heaters-determination-2017-0</t>
+    <t>https://www.legislation.gov.au/Details/F2012L02124</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Household Refrigerating Appliances) Determination 2019</t>
   </si>
   <si>
+    <t>Refrigerators, freezers and refrigerator-freezers which intended for household or similar use and which: operate using the vapour compression cycle; and use mains electricity (230/240 Volts at 50 Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>AS/NZS 4474:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-household-refrigerating-appliances-determination</t>
   </si>
   <si>
-    <t>Greenhouse and Energy Minimum Standards (Incandescent Lamps for General Lighting Services) Determination 2016</t>
-[...169 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
+    <t>https://www.legislation.gov.au/Series/F2019L01066</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -786,1367 +506,350 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N29"/>
+  <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="155" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="113.115" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="759.672" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="60.128" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2021</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2022</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2012</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H5">
+        <v>2019</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...204 lines deleted...]
-      <c r="A8" t="s">
+      <c r="O5" t="s">
         <v>47</v>
       </c>
-      <c r="B8" t="s">
-[...2 lines deleted...]
-      <c r="C8" t="s">
+      <c r="P5" t="s">
         <v>48</v>
-      </c>
-[...947 lines deleted...]
-        <v>139</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>