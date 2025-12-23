--- v0 (2025-11-07)
+++ v1 (2025-12-23)
@@ -65,87 +65,87 @@
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Ceiling Fans</t>
   </si>
   <si>
-    <t>This policy defines star labeling requirements and minimum energy perfomance requirements for electric ceiling type fans operated by induction motors and Brushless Electric Motors of all the standard sweep sizes covered under the scope of IS 374: 2019 ( 900 mm, 1050 mm, 1200 mm, 1400 mm, 1500 mm) as amended from time to time that work on single phase alternating current supply up to and including 250V, 50Hz, being manufactured, commercially purchased, imported or sold in India.</t>
+    <t>This policy defines star labeling requirements and minimum energy performance requirements for electric ceiling type fans operated by induction motors and Brushless Electric Motors of all the standard sweep sizes covered under the scope of IS 374: 2019 ( 900 mm, 1050 mm, 1200 mm, 1400 mm, 1500 mm) as amended from time to time that work on single phase alternating current supply up to and including 250V, 50Hz, being manufactured, commercially purchased, imported or sold in India.</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IS 374:2019</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-ceiling-fans</t>
   </si>
   <si>
-    <t>https://www.beestarlabel.com/Home/EquipmentSchemes?type=M</t>
+    <t>https://beeindia.gov.in/sites/default/files/CFN_Notification.pdf</t>
   </si>
   <si>
     <t>Resolution No. 136/09 on Technical regulation of energy efficiency in electrical equipment, revised in 2013</t>
   </si>
   <si>
     <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
   </si>
   <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Ceiling Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-13609-technical-regulation-energy-efficiency-electrical-equipment-revised</t>
   </si>
@@ -485,51 +485,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="127.255" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="569.718" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="570.861" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="75.41" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="170.958" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>