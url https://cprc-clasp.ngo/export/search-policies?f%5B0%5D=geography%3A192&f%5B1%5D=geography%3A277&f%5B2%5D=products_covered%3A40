--- v0 (2025-12-13)
+++ v1 (2026-01-27)
@@ -4738,51 +4738,53 @@
         <v>197</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
         <v>371</v>
       </c>
       <c r="B61" t="s">
         <v>372</v>
       </c>
       <c r="C61" t="s">
         <v>164</v>
       </c>
       <c r="D61" t="s">
         <v>33</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
         <v>21</v>
       </c>
       <c r="G61" t="s">
         <v>50</v>
       </c>
-      <c r="H61"/>
+      <c r="H61">
+        <v>2024</v>
+      </c>
       <c r="I61"/>
       <c r="J61" t="s">
         <v>373</v>
       </c>
       <c r="K61" t="s">
         <v>24</v>
       </c>
       <c r="L61"/>
       <c r="M61" t="s">
         <v>341</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
         <v>374</v>
       </c>
       <c r="P61" t="s">
         <v>375</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
         <v>376</v>
       </c>