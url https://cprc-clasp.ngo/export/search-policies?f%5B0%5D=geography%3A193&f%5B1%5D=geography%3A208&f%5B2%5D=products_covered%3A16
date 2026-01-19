--- v0 (2025-11-27)
+++ v1 (2026-01-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, New</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14349</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
   </si>
   <si>
     <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
@@ -134,50 +134,53 @@
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14543</t>
   </si>
   <si>
     <t>LI 2446 Energy Commission (Energy Efficiency Standards and Labelling) (Computers) Regulations, 2022</t>
   </si>
   <si>
     <t>These regulations apply to a computer, manufactured in the country or imported into the country for display, sale or use as a desktop computer, notebook computer, a workstation, or a computer server.</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Computers</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2446-energy-commission-energy-efficiency-standards-and-labelling-computers-regulations</t>
   </si>
   <si>
     <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
   </si>
   <si>
     <t>LI 2447 Energy Commission (Energy Efficiency Standards and Labelling) (Set-Top Boxes) Regulations, 2022</t>
   </si>
   <si>
     <t>Minimum energy performance standard and labelling guidelines for set-top boxes. These regulations apply to set-top boxes manufactured in the country or imported into the country for display, sale or use, with the ability to be powered directly from the mains alternating current for use as either a simple set-top box, or a complex set-top box.</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
@@ -815,402 +818,402 @@
       </c>
       <c r="P3" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>36</v>
       </c>
       <c r="B4" t="s">
         <v>37</v>
       </c>
       <c r="C4" t="s">
         <v>38</v>
       </c>
       <c r="D4" t="s">
         <v>39</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="H4">
         <v>2022</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="N4" t="s">
         <v>26</v>
       </c>
       <c r="O4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="P4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C5" t="s">
         <v>38</v>
       </c>
       <c r="D5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="H5"/>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
       <c r="O5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="P5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C6" t="s">
         <v>38</v>
       </c>
       <c r="D6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="H6">
         <v>2022</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="N6" t="s">
         <v>26</v>
       </c>
       <c r="O6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="P6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B7" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C7" t="s">
         <v>38</v>
       </c>
       <c r="D7" t="s">
         <v>19</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="H7">
         <v>2022</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="N7" t="s">
         <v>26</v>
       </c>
       <c r="O7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="P7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B8" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C8" t="s">
         <v>38</v>
       </c>
       <c r="D8" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E8" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="H8">
         <v>2022</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K8" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="N8" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="O8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="P8" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B9" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C9" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D9" t="s">
         <v>19</v>
       </c>
       <c r="E9" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="H9">
         <v>2012</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="M9" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="N9" t="s">
         <v>26</v>
       </c>
       <c r="O9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="P9" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B10" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C10" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D10" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E10" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="H10">
         <v>2015</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="M10" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="N10" t="s">
         <v>26</v>
       </c>
       <c r="O10" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="P10" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B11" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C11" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D11" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="G11" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="H11">
         <v>2012</v>
       </c>
       <c r="I11">
         <v>2014</v>
       </c>
       <c r="J11" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="M11" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="N11" t="s">
         <v>26</v>
       </c>
       <c r="O11" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="P11" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">