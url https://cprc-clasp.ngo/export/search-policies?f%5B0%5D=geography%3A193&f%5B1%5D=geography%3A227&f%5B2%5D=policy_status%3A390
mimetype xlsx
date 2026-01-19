--- v0 (2025-10-13)
+++ v1 (2026-01-19)
@@ -12,227 +12,249 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
   </si>
   <si>
+    <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
+  </si>
+  <si>
     <t>WAEMU/UEMOA</t>
   </si>
   <si>
     <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>WAEMU Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
   </si>
   <si>
+    <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
+  </si>
+  <si>
     <t>RTE INEN 035 /2009 RTE INEN 009/2005</t>
   </si>
   <si>
+    <t>Refrigerators</t>
+  </si>
+  <si>
     <t>Ecuador</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Ministry of Electricity and Renewable Energy and Ecuadorian Standardization Ser…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rte-inen-035-2009-rte-inen-0092005</t>
   </si>
   <si>
-    <t>RTE INEN 035|2009</t>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/05/Report_english-version_final-version_05122014.pdf----https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf</t>
+  </si>
+  <si>
+    <t>RTE INEN 035|2009; RTE INEN 009|2005</t>
+  </si>
+  <si>
+    <t>Information not available</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...7 lines deleted...]
-  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rte-inen-0352009-rte-inen-0092005</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf</t>
+  </si>
+  <si>
     <t>RTE INEN 072</t>
   </si>
   <si>
+    <t>Room Air Conditioners</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rte-inen-072</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf----https://united4efficiency.org/wp-content/uploads/2015/05/Report_english-version_final-version_05122014.pdf</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rte-inen-072-0</t>
   </si>
   <si>
     <t>Technical Regulation RTE INEN 036: Energy Efficiency, Compact Fluorescent Lamps, Energy Performance Ranges and Labelling</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/technical-regulation-rte-inen-036-energy-efficiency-compact-fluorescent-lamps-energy</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -496,433 +518,436 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N8"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="186" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="186.24" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="448.176" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="232.229" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2020</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...3 lines deleted...]
-      <c r="L2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H3">
+        <v>2015</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>41</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>35</v>
+      </c>
+      <c r="N4" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...28 lines deleted...]
-      <c r="N3" t="s">
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
         <v>31</v>
       </c>
+      <c r="D5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>34</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>35</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
     </row>
-    <row r="4" spans="1:14">
-[...3 lines deleted...]
-      <c r="B4" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>44</v>
+      </c>
+      <c r="B6" t="s">
+        <v>39</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>46</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>33</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>35</v>
+      </c>
+      <c r="N6" t="s">
         <v>26</v>
       </c>
-      <c r="C4" t="s">
+      <c r="O6" t="s">
+        <v>49</v>
+      </c>
+      <c r="P6" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>50</v>
+      </c>
+      <c r="B7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C7" t="s">
+        <v>31</v>
+      </c>
+      <c r="D7" t="s">
+        <v>51</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>33</v>
       </c>
-      <c r="D4" t="s">
-[...5 lines deleted...]
-      <c r="F4" t="s">
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2010</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
         <v>34</v>
       </c>
-      <c r="G4">
-[...18 lines deleted...]
-      <c r="N4" t="s">
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
         <v>35</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B5" t="s">
+      <c r="N7" t="s">
         <v>26</v>
       </c>
-      <c r="C5" t="s">
-[...113 lines deleted...]
-      <c r="A8" t="s">
+      <c r="O7" t="s">
+        <v>52</v>
+      </c>
+      <c r="P7" t="s">
         <v>43</v>
-      </c>
-[...33 lines deleted...]
-        <v>45</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>