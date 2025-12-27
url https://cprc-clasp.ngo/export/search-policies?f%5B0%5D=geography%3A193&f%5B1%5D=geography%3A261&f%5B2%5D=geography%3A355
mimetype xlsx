--- v0 (2025-11-09)
+++ v1 (2025-12-27)
@@ -3836,51 +3836,51 @@
       </c>
       <c r="P47" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
         <v>252</v>
       </c>
       <c r="B48" t="s">
         <v>253</v>
       </c>
       <c r="C48" t="s">
         <v>214</v>
       </c>
       <c r="D48" t="s">
         <v>254</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>255</v>
       </c>
       <c r="G48" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H48">
         <v>2021</v>
       </c>
       <c r="I48">
         <v>2024</v>
       </c>
       <c r="J48" t="s">
         <v>256</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48" t="s">
         <v>257</v>
       </c>
       <c r="M48" t="s">
         <v>217</v>
       </c>
       <c r="N48" t="s">
         <v>32</v>
       </c>
       <c r="O48" t="s">
         <v>258</v>
       </c>